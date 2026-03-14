--- v0 (2025-12-06)
+++ v1 (2026-03-14)
@@ -9,104 +9,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PircUr\Documents\IDD\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\DelceaRa\Desktop\website-content review\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A8FA44E-33DE-48A7-8712-138E38CE1A5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20D81CD3-9D6C-49D9-A36D-0ACE2AFE88FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="16905" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{40A8C3BC-0D81-4576-AFC8-2A03990E376E}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{40A8C3BC-0D81-4576-AFC8-2A03990E376E}"/>
   </bookViews>
   <sheets>
     <sheet name="National Contact Points" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={4D411BE9-6455-48C6-A994-4EA2F54EEFBB}</author>
   </authors>
   <commentList>
     <comment ref="I53" authorId="0" shapeId="0" xr:uid="{4D411BE9-6455-48C6-A994-4EA2F54EEFBB}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Website duplicated with column H</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="205">
   <si>
     <t>Sectoral coverage</t>
   </si>
   <si>
     <t>Insurer</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>https://www.bmaw.gv.at/Themen/Unternehmen/Versicherungsvermittlung/BeschwerdestelleueberVersicherungsvermittler.html</t>
   </si>
   <si>
@@ -740,56 +740,50 @@
   </si>
   <si>
     <t xml:space="preserve">Sozialministerium - Beschwerdestelle über Versicherungsunternehmen  Stubenring 1, A-1010 Wien </t>
   </si>
   <si>
     <t>Contact Details</t>
   </si>
   <si>
     <t>Postal Address</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Authority/Body
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>(EIOPA Members and Observers*)</t>
     </r>
   </si>
   <si>
-    <t>https://www.financialombudsman.gov.cy/forc/forc.nsf/index_en/index_en?OpenDocument</t>
-[...4 lines deleted...]
-  <si>
     <t>Financial Supervision Commission  1000 Sofia, 16 Budapeshta str.</t>
   </si>
   <si>
     <t xml:space="preserve">Česká národní banka  Na příkopě 864/28, 115 03, Praha 1 </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Other Complaints Handling Mechanism </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>(indicative list)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Verdana"/>
@@ -1050,50 +1044,53 @@
         <sz val="11"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>(Last Update: 22.10.2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+  </si>
+  <si>
+    <t>https://financialombudsman.org.cy/en/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
@@ -2407,435 +2404,435 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="25" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="8" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="0" borderId="40" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="17" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="16" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="29" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="39" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="26" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="17" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="17" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="16" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="39" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="8" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="31" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="39" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="26" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="19" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="18" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="19" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="17" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="15" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="14" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="26" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="17" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="16" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="17" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...299 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="29" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Hyperlink" xfId="8" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="2" xr:uid="{9F91412B-A7A7-4529-AD66-D02611874123}"/>
     <cellStyle name="Hyperlink 2 2" xfId="7" xr:uid="{41DD0E71-7B25-4159-87D5-F84B93A00480}"/>
     <cellStyle name="Hyperlink 3" xfId="3" xr:uid="{387DCA00-1046-4606-B825-48A2E8F9B938}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{DEFCD298-45F8-4ABB-A057-9E7114DAB4FD}"/>
     <cellStyle name="Normal 2 2" xfId="4" xr:uid="{675671D6-2508-43F8-9FD6-1C29FF1D944F}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{8E82EAFE-652A-490C-A4D8-7738B57CC508}"/>
     <cellStyle name="Normal 4" xfId="6" xr:uid="{D167A9F9-DE05-4ADA-B534-E27041E02E5B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF5050"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -3138,510 +3135,508 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="I53" dT="2024-10-09T11:21:47.18" personId="{9919EA51-95C3-4626-84E6-E314E48CFFCA}" id="{4D411BE9-6455-48C6-A994-4EA2F54EEFBB}">
     <text>Website duplicated with column H</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-zn.si/en/consumers/complaints/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arn.se/om-arn/anmalan/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cssf.lu/en/contacts/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnb.hu/en/financial-customer-protection" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.salfin.ro/depune-solicitare/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fi.ee/en/consumers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.konsumentenfragen.at/konsumentenfragen/Versicherung/Versicherung_Allgemeines/Versicherungsbeschwerdestelle.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.covip.it/per-il-cittadino/reclami-esposti/guida-trasmissione-esposti-covip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knf.gov.pl/en/CONSUMERS" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abe-infoservice.fr/assurance.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bankforsakring.konsumenternas.se/Sidfot/Om-oss/In-English/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fsma.be/en/how-make-complaint" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/de/kundenschutz/beschwerden.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fsc.bg/en/for-the-consumers/complaints/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanfa.hr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.lu/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eiopa.europa.eu/publications/decision-collaboration-competent-authorities-regard-application-iorp-ii-directive_en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/StreitschlichtungBaFin/StreitschlichtungBaFin_node_en.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/BeiBaFinbeschweren/BeiBaFinbeschweren_node_en.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ivass.it/consumatori/reclami/index.html?com.dotmarketing.htmlpage.language=3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afm.nl/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnb.hu/fogyasztovedelem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anmalan.konsumentverket.se/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fsc.bg/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma.gv.at/kontakt/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finanstilsynet.no/en/consumer-protection/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnb.cz/en/public/contacts/complaints-concerning-financial-institutions/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fspo.ie/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bank.lv/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arn.se/om-arn/Languages/english-what-is-arn/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dgsfp.mineco.gob.es/es/Consumidor/Reclamaciones/Paginas/InformacionProcedimiento.aspx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://felugyelet.mnb.hu/pbt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mof.gov.cy/mof/iccs.nsf/iccs06a_en/iccs06a_en?opendocument" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bankofgreece.gr/pages/en/other/communication.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bank.lv/en/operational-areas/customer-protection" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbs.sk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finanssivalvonta.fi/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma.gv.at/en/contact/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanfa.hr/consumers/complaints-to-hanfa/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eiopa.europa.eu/publications/decision-cooperation-competent-authorities-under-idd_en" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.konsumentverket.se/languages/english-engelska/this-is-how-you-file-a-complaint/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlsi.gov.cy/mlsi/sid/sidv2.nsf/index_en/index_en?OpenDocument" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.lu/fr/consommateurs/resolution-extrajudiciaire-des-litiges" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asfromania.ro/ro/c/46/consumatori" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmaw.gv.at/Themen/Unternehmen/Versicherungsvermittlung/BeschwerdestelleueberVersicherungsvermittler.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.finanstilsynet.dk/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pensionsauthority.ie/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bankforsakring.konsumenternas.se/Sidfot/Om-oss/In-English/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lb.lt/en/disputes-between-consumers-and-financial-market-participants" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consumidor.asf.com.pt/in%C3%Adcio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centralbank.ie/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afm.nl/en/sector/themas/dienstverlening-aan-consumenten" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acpr.banque-france.fr/page-sommaire/vous-etes-un-particulier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman-insurance.be/fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofgreece.gr/en/news-and-media/frequently-asked-questions?mode=preview" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/?page_id=163&amp;node=138&amp;level=3&amp;l=2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.financialombudsman.gov.cy/forc/forc.nsf/index_en/index_en?OpenDocument" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofgreece.gr/kiries-leitourgies/epopteia/tameia-epaggelmatikhs-asfalishs/kataggelies-aitiaseis-tea" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnb.cz/en/supervision-financial-market/consumer-protection-and-financial-literacy/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consumo.gob.es/es/consumo/sistema-arbitral-consumo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synigoroskatanaloti.gr/en," TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfsa.mt/consumers/consumer-awareness/consumer-rights/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bkms-system.net/bkwebanon/report/clientInfo?cin=11FMA61&amp;c=-1&amp;language=eng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/en/client-protection/complaints.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centralbank.ie/contact-us/make-a-complaint" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cssf.lu/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.a-zn.si/en/consumers/complaints/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arn.se/om-arn/anmalan/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cssf.lu/en/contacts/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnb.hu/en/financial-customer-protection" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arn.se/om-arn/Languages/english-what-is-arn/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fi.ee/en/consumers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.konsumentenfragen.at/konsumentenfragen/Versicherung/Versicherung_Allgemeines/Versicherungsbeschwerdestelle.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.covip.it/per-il-cittadino/reclami-esposti/guida-trasmissione-esposti-covip" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.knf.gov.pl/en/CONSUMERS" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abe-infoservice.fr/assurance.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bankforsakring.konsumenternas.se/Sidfot/Om-oss/In-English/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fsma.be/en/how-make-complaint" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/de/kundenschutz/beschwerden.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fsc.bg/en/for-the-consumers/complaints/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanfa.hr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.lu/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eiopa.europa.eu/publications/decision-collaboration-competent-authorities-regard-application-iorp-ii-directive_en" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://financialombudsman.org.cy/en/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/BeiBaFinbeschweren/BeiBaFinbeschweren_node_en.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asfromania.ro/ro/c/46/consumatori" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afm.nl/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mnb.hu/fogyasztovedelem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anmalan.konsumentverket.se/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fsc.bg/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma.gv.at/kontakt/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finanstilsynet.no/en/consumer-protection/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnb.cz/en/public/contacts/complaints-concerning-financial-institutions/index.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fspo.ie/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bank.lv/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofgreece.gr/kiries-leitourgies/epopteia/tameia-epaggelmatikhs-asfalishs/kataggelies-aitiaseis-tea" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dgsfp.mineco.gob.es/es/Consumidor/Reclamaciones/Paginas/InformacionProcedimiento.aspx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://felugyelet.mnb.hu/pbt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mof.gov.cy/mof/iccs.nsf/iccs06a_en/iccs06a_en?opendocument" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bankofgreece.gr/pages/en/other/communication.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bank.lv/en/operational-areas/customer-protection" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nbs.sk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finanssivalvonta.fi/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma.gv.at/en/contact/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hanfa.hr/consumers/complaints-to-hanfa/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eiopa.europa.eu/publications/decision-cooperation-competent-authorities-under-idd_en" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.konsumentverket.se/languages/english-engelska/this-is-how-you-file-a-complaint/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mlsi.gov.cy/mlsi/sid/sidv2.nsf/index_en/index_en?OpenDocument" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caa.lu/fr/consommateurs/resolution-extrajudiciaire-des-litiges" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.salfin.ro/depune-solicitare/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bmaw.gv.at/Themen/Unternehmen/Versicherungsvermittlung/BeschwerdestelleueberVersicherungsvermittler.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.finanstilsynet.dk/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pensionsauthority.ie/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bankforsakring.konsumenternas.se/Sidfot/Om-oss/In-English/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lb.lt/en/disputes-between-consumers-and-financial-market-participants" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consumidor.asf.com.pt/in%C3%Adcio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centralbank.ie/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afm.nl/en/sector/themas/dienstverlening-aan-consumenten" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acpr.banque-france.fr/page-sommaire/vous-etes-un-particulier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman-insurance.be/fr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofgreece.gr/en/news-and-media/frequently-asked-questions?mode=preview" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/?page_id=163&amp;node=138&amp;level=3&amp;l=2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ivass.it/consumatori/reclami/index.html?com.dotmarketing.htmlpage.language=3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/StreitschlichtungBaFin/StreitschlichtungBaFin_node_en.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnb.cz/en/supervision-financial-market/consumer-protection-and-financial-literacy/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consumo.gob.es/es/consumo/sistema-arbitral-consumo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.synigoroskatanaloti.gr/en," TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfsa.mt/consumers/consumer-awareness/consumer-rights/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bkms-system.net/bkwebanon/report/clientInfo?cin=11FMA61&amp;c=-1&amp;language=eng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fma-li.li/en/client-protection/complaints.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.centralbank.ie/contact-us/make-a-complaint" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cssf.lu/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1AAB93E-273D-463E-A20E-328CDDE7A034}">
   <dimension ref="A1:CQH62"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2:I2"/>
+    <sheetView tabSelected="1" topLeftCell="G10" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="J16" sqref="J16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="9"/>
-[...9 lines deleted...]
-    <col min="11" max="16384" width="9.1796875" style="9"/>
+    <col min="1" max="1" width="9.21875" style="9"/>
+    <col min="2" max="2" width="19.5546875" style="9" customWidth="1"/>
+    <col min="3" max="3" width="68.77734375" style="9" customWidth="1"/>
+    <col min="4" max="4" width="25.5546875" style="9" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="22.77734375" style="9" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="38.21875" style="9" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="59.21875" style="9" customWidth="1"/>
+    <col min="8" max="8" width="85.21875" style="9" customWidth="1"/>
+    <col min="9" max="9" width="70.44140625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="28.21875" style="9" customWidth="1"/>
+    <col min="11" max="16384" width="9.21875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:10" ht="75.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="I1" s="255"/>
+    <row r="1" spans="2:10" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="218" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1" s="219"/>
+      <c r="D1" s="219"/>
+      <c r="E1" s="219"/>
+      <c r="F1" s="219"/>
+      <c r="G1" s="219"/>
+      <c r="H1" s="219"/>
+      <c r="I1" s="220"/>
     </row>
-    <row r="2" spans="2:10" ht="22.9" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="I2" s="258"/>
+    <row r="2" spans="2:10" ht="22.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="221" t="s">
+        <v>198</v>
+      </c>
+      <c r="C2" s="222"/>
+      <c r="D2" s="222"/>
+      <c r="E2" s="222"/>
+      <c r="F2" s="222"/>
+      <c r="G2" s="222"/>
+      <c r="H2" s="222"/>
+      <c r="I2" s="223"/>
     </row>
-    <row r="3" spans="2:10" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="I3" s="258"/>
+    <row r="3" spans="2:10" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="221" t="s">
+        <v>199</v>
+      </c>
+      <c r="C3" s="222"/>
+      <c r="D3" s="222"/>
+      <c r="E3" s="222"/>
+      <c r="F3" s="222"/>
+      <c r="G3" s="222"/>
+      <c r="H3" s="222"/>
+      <c r="I3" s="223"/>
     </row>
-    <row r="4" spans="2:10" s="32" customFormat="1" ht="46.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="225" t="s">
+    <row r="4" spans="2:10" s="32" customFormat="1" ht="46.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="273" t="s">
         <v>59</v>
       </c>
-      <c r="C4" s="218" t="s">
+      <c r="C4" s="268" t="s">
         <v>159</v>
       </c>
-      <c r="D4" s="219" t="s">
+      <c r="D4" s="269" t="s">
         <v>0</v>
       </c>
-      <c r="E4" s="219"/>
-[...1 lines deleted...]
-      <c r="G4" s="220" t="s">
+      <c r="E4" s="269"/>
+      <c r="F4" s="269"/>
+      <c r="G4" s="270" t="s">
         <v>157</v>
       </c>
-      <c r="H4" s="220"/>
-[...1 lines deleted...]
-        <v>164</v>
+      <c r="H4" s="270"/>
+      <c r="I4" s="261" t="s">
+        <v>162</v>
       </c>
     </row>
-    <row r="5" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C5" s="218"/>
+    <row r="5" spans="2:10" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="274"/>
+      <c r="C5" s="268"/>
       <c r="D5" s="42" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="43" t="s">
         <v>64</v>
       </c>
       <c r="F5" s="42" t="s">
         <v>60</v>
       </c>
       <c r="G5" s="44" t="s">
         <v>158</v>
       </c>
       <c r="H5" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="I5" s="211"/>
+      <c r="I5" s="261"/>
     </row>
-    <row r="6" spans="2:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="208" t="s">
+    <row r="6" spans="2:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="242" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="212" t="s">
+      <c r="C6" s="262" t="s">
         <v>111</v>
       </c>
-      <c r="D6" s="214" t="s">
+      <c r="D6" s="264" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="214" t="s">
+      <c r="E6" s="264" t="s">
         <v>5</v>
       </c>
-      <c r="F6" s="214" t="s">
+      <c r="F6" s="264" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="216" t="s">
+      <c r="G6" s="266" t="s">
         <v>149</v>
       </c>
       <c r="H6" s="93" t="s">
         <v>65</v>
       </c>
-      <c r="I6" s="288"/>
+      <c r="I6" s="178"/>
     </row>
-    <row r="7" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="G7" s="216"/>
+    <row r="7" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="242"/>
+      <c r="C7" s="262"/>
+      <c r="D7" s="264"/>
+      <c r="E7" s="264"/>
+      <c r="F7" s="264"/>
+      <c r="G7" s="266"/>
       <c r="H7" s="94" t="s">
         <v>76</v>
       </c>
-      <c r="I7" s="289"/>
+      <c r="I7" s="179"/>
     </row>
-    <row r="8" spans="2:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="G8" s="217"/>
+    <row r="8" spans="2:10" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="283"/>
+      <c r="C8" s="263"/>
+      <c r="D8" s="265"/>
+      <c r="E8" s="265"/>
+      <c r="F8" s="265"/>
+      <c r="G8" s="267"/>
       <c r="H8" s="95" t="s">
         <v>75</v>
       </c>
-      <c r="I8" s="289"/>
+      <c r="I8" s="179"/>
     </row>
-    <row r="9" spans="2:10" ht="109.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="209"/>
+    <row r="9" spans="2:10" ht="109.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="283"/>
       <c r="C9" s="64" t="s">
         <v>155</v>
       </c>
       <c r="D9" s="65" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="65" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="65" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="66" t="s">
         <v>154</v>
       </c>
       <c r="H9" s="96" t="s">
         <v>7</v>
       </c>
-      <c r="I9" s="289"/>
+      <c r="I9" s="179"/>
     </row>
-    <row r="10" spans="2:10" ht="90" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B10" s="210"/>
+    <row r="10" spans="2:10" ht="90" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="284"/>
       <c r="C10" s="67" t="s">
         <v>112</v>
       </c>
       <c r="D10" s="63" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="68" t="s">
         <v>5</v>
       </c>
       <c r="F10" s="68" t="s">
         <v>5</v>
       </c>
       <c r="G10" s="69" t="s">
         <v>156</v>
       </c>
       <c r="H10" s="97" t="s">
         <v>9</v>
       </c>
-      <c r="I10" s="290"/>
+      <c r="I10" s="180"/>
     </row>
-    <row r="11" spans="2:10" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B11" s="176" t="s">
+    <row r="11" spans="2:10" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="202" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="181" t="s">
+      <c r="C11" s="183" t="s">
         <v>113</v>
       </c>
       <c r="D11" s="46"/>
       <c r="E11" s="46"/>
       <c r="F11" s="46"/>
-      <c r="G11" s="181" t="s">
+      <c r="G11" s="183" t="s">
         <v>148</v>
       </c>
-      <c r="H11" s="195" t="s">
+      <c r="H11" s="199" t="s">
         <v>72</v>
       </c>
       <c r="I11" s="78" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="12" spans="2:10" ht="96" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C12" s="182"/>
+    <row r="12" spans="2:10" ht="96" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="202"/>
+      <c r="C12" s="184"/>
       <c r="D12" s="48" t="s">
         <v>5</v>
       </c>
       <c r="E12" s="49" t="s">
         <v>5</v>
       </c>
       <c r="F12" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="G12" s="182"/>
-      <c r="H12" s="196"/>
+      <c r="G12" s="184"/>
+      <c r="H12" s="200"/>
       <c r="I12" s="79" t="s">
         <v>89</v>
       </c>
       <c r="J12" s="22"/>
     </row>
-    <row r="13" spans="2:10" s="10" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B13" s="204" t="s">
+    <row r="13" spans="2:10" s="10" customFormat="1" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="279" t="s">
         <v>53</v>
       </c>
-      <c r="C13" s="206" t="s">
+      <c r="C13" s="281" t="s">
         <v>114</v>
       </c>
       <c r="D13" s="70" t="s">
         <v>4</v>
       </c>
       <c r="E13" s="71" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="G13" s="296" t="s">
-        <v>162</v>
+      <c r="G13" s="190" t="s">
+        <v>160</v>
       </c>
       <c r="H13" s="118" t="s">
         <v>54</v>
       </c>
-      <c r="I13" s="80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="80"/>
       <c r="J13" s="22"/>
     </row>
-    <row r="14" spans="2:10" ht="48.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C14" s="207"/>
+    <row r="14" spans="2:10" ht="48.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="280"/>
+      <c r="C14" s="282"/>
       <c r="D14" s="72"/>
       <c r="E14" s="72"/>
       <c r="F14" s="72"/>
-      <c r="G14" s="297"/>
+      <c r="G14" s="191"/>
       <c r="H14" s="99" t="s">
         <v>77</v>
       </c>
-      <c r="I14" s="81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="81"/>
     </row>
-    <row r="15" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="223" t="s">
+    <row r="15" spans="2:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="201" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="74" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="50" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="50" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="50" t="s">
         <v>5</v>
       </c>
       <c r="G15" s="51" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H15" s="100" t="s">
         <v>73</v>
       </c>
-      <c r="I15" s="286"/>
+      <c r="I15" s="302" t="s">
+        <v>204</v>
+      </c>
       <c r="J15" s="22"/>
     </row>
-    <row r="16" spans="2:10" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B16" s="224"/>
+    <row r="16" spans="2:10" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="203"/>
       <c r="C16" s="73" t="s">
         <v>115</v>
       </c>
       <c r="D16" s="52" t="s">
         <v>5</v>
       </c>
       <c r="E16" s="52" t="s">
         <v>5</v>
       </c>
       <c r="F16" s="52" t="s">
         <v>4</v>
       </c>
       <c r="G16" s="53" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="H16" s="101" t="s">
         <v>78</v>
       </c>
-      <c r="I16" s="287"/>
+      <c r="I16" s="177"/>
     </row>
-    <row r="17" spans="1:2478" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="191" t="s">
+    <row r="17" spans="1:2478" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="241" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="227" t="s">
+      <c r="C17" s="277" t="s">
         <v>116</v>
       </c>
-      <c r="D17" s="202" t="s">
+      <c r="D17" s="275" t="s">
         <v>4</v>
       </c>
-      <c r="E17" s="202" t="s">
+      <c r="E17" s="275" t="s">
         <v>4</v>
       </c>
-      <c r="F17" s="202" t="s">
+      <c r="F17" s="275" t="s">
         <v>4</v>
       </c>
-      <c r="G17" s="193" t="s">
-        <v>163</v>
+      <c r="G17" s="295" t="s">
+        <v>161</v>
       </c>
       <c r="H17" s="102" t="s">
         <v>14</v>
       </c>
-      <c r="I17" s="183" t="s">
-        <v>168</v>
+      <c r="I17" s="287" t="s">
+        <v>166</v>
       </c>
     </row>
-    <row r="18" spans="1:2478" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="G18" s="194"/>
+    <row r="18" spans="1:2478" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="243"/>
+      <c r="C18" s="278"/>
+      <c r="D18" s="276"/>
+      <c r="E18" s="276"/>
+      <c r="F18" s="276"/>
+      <c r="G18" s="296"/>
       <c r="H18" s="103" t="s">
         <v>79</v>
       </c>
-      <c r="I18" s="184"/>
+      <c r="I18" s="288"/>
     </row>
-    <row r="19" spans="1:2478" ht="78" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="19" spans="1:2478" ht="78" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B19" s="84" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="75" t="s">
         <v>117</v>
       </c>
       <c r="D19" s="54" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="54" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="54" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="55" t="s">
         <v>147</v>
       </c>
       <c r="H19" s="104" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="151" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
-    <row r="20" spans="1:2478" s="11" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="1:2478" s="11" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B20" s="85" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="76" t="s">
         <v>118</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G20" s="34" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="H20" s="105" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="82" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="21" spans="1:2478" s="12" customFormat="1" ht="73.900000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="1:2478" s="12" customFormat="1" ht="73.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B21" s="86" t="s">
         <v>19</v>
       </c>
       <c r="C21" s="77" t="s">
         <v>119</v>
       </c>
       <c r="D21" s="48" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="48" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="56" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="47" t="s">
         <v>146</v>
       </c>
       <c r="H21" s="104" t="s">
         <v>80</v>
       </c>
       <c r="I21" s="83"/>
     </row>
-    <row r="22" spans="1:2478" s="13" customFormat="1" ht="52.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:2478" s="13" customFormat="1" ht="52.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="11"/>
-      <c r="B22" s="221" t="s">
+      <c r="B22" s="271" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="199" t="s">
-[...2 lines deleted...]
-      <c r="D22" s="263" t="s">
+      <c r="C22" s="299" t="s">
+        <v>200</v>
+      </c>
+      <c r="D22" s="228" t="s">
         <v>4</v>
       </c>
-      <c r="E22" s="263" t="s">
+      <c r="E22" s="228" t="s">
         <v>4</v>
       </c>
-      <c r="F22" s="265" t="s">
+      <c r="F22" s="230" t="s">
         <v>5</v>
       </c>
-      <c r="G22" s="241" t="s">
+      <c r="G22" s="174" t="s">
         <v>145</v>
       </c>
       <c r="H22" s="106" t="s">
         <v>26</v>
       </c>
-      <c r="I22" s="241" t="s">
-        <v>169</v>
+      <c r="I22" s="174" t="s">
+        <v>167</v>
       </c>
       <c r="J22" s="28"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
       <c r="O22" s="11"/>
       <c r="P22" s="11"/>
       <c r="Q22" s="11"/>
       <c r="R22" s="11"/>
       <c r="S22" s="11"/>
       <c r="T22" s="11"/>
       <c r="U22" s="11"/>
       <c r="V22" s="11"/>
       <c r="W22" s="11"/>
       <c r="X22" s="11"/>
       <c r="Y22" s="11"/>
       <c r="Z22" s="11"/>
       <c r="AA22" s="11"/>
       <c r="AB22" s="11"/>
       <c r="AC22" s="11"/>
       <c r="AD22" s="11"/>
       <c r="AE22" s="11"/>
       <c r="AF22" s="11"/>
       <c r="AG22" s="11"/>
@@ -6069,62 +6064,62 @@
       <c r="CPK22" s="11"/>
       <c r="CPL22" s="11"/>
       <c r="CPM22" s="11"/>
       <c r="CPN22" s="11"/>
       <c r="CPO22" s="11"/>
       <c r="CPP22" s="11"/>
       <c r="CPQ22" s="11"/>
       <c r="CPR22" s="11"/>
       <c r="CPS22" s="11"/>
       <c r="CPT22" s="11"/>
       <c r="CPU22" s="11"/>
       <c r="CPV22" s="11"/>
       <c r="CPW22" s="11"/>
       <c r="CPX22" s="11"/>
       <c r="CPY22" s="11"/>
       <c r="CPZ22" s="11"/>
       <c r="CQA22" s="11"/>
       <c r="CQB22" s="11"/>
       <c r="CQC22" s="11"/>
       <c r="CQD22" s="11"/>
       <c r="CQE22" s="11"/>
       <c r="CQF22" s="11"/>
       <c r="CQG22" s="11"/>
       <c r="CQH22" s="11"/>
     </row>
-    <row r="23" spans="1:2478" s="13" customFormat="1" ht="37.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:2478" s="13" customFormat="1" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="11"/>
-      <c r="B23" s="222"/>
-[...4 lines deleted...]
-      <c r="G23" s="284"/>
+      <c r="B23" s="272"/>
+      <c r="C23" s="300"/>
+      <c r="D23" s="229"/>
+      <c r="E23" s="229"/>
+      <c r="F23" s="231"/>
+      <c r="G23" s="175"/>
       <c r="H23" s="107" t="s">
         <v>81</v>
       </c>
-      <c r="I23" s="284"/>
+      <c r="I23" s="175"/>
       <c r="J23" s="11"/>
       <c r="K23" s="11"/>
       <c r="L23" s="11"/>
       <c r="M23" s="11"/>
       <c r="N23" s="11"/>
       <c r="O23" s="11"/>
       <c r="P23" s="11"/>
       <c r="Q23" s="11"/>
       <c r="R23" s="11"/>
       <c r="S23" s="11"/>
       <c r="T23" s="11"/>
       <c r="U23" s="11"/>
       <c r="V23" s="11"/>
       <c r="W23" s="11"/>
       <c r="X23" s="11"/>
       <c r="Y23" s="11"/>
       <c r="Z23" s="11"/>
       <c r="AA23" s="11"/>
       <c r="AB23" s="11"/>
       <c r="AC23" s="11"/>
       <c r="AD23" s="11"/>
       <c r="AE23" s="11"/>
       <c r="AF23" s="11"/>
       <c r="AG23" s="11"/>
       <c r="AH23" s="11"/>
@@ -8551,62 +8546,62 @@
       <c r="CPK23" s="11"/>
       <c r="CPL23" s="11"/>
       <c r="CPM23" s="11"/>
       <c r="CPN23" s="11"/>
       <c r="CPO23" s="11"/>
       <c r="CPP23" s="11"/>
       <c r="CPQ23" s="11"/>
       <c r="CPR23" s="11"/>
       <c r="CPS23" s="11"/>
       <c r="CPT23" s="11"/>
       <c r="CPU23" s="11"/>
       <c r="CPV23" s="11"/>
       <c r="CPW23" s="11"/>
       <c r="CPX23" s="11"/>
       <c r="CPY23" s="11"/>
       <c r="CPZ23" s="11"/>
       <c r="CQA23" s="11"/>
       <c r="CQB23" s="11"/>
       <c r="CQC23" s="11"/>
       <c r="CQD23" s="11"/>
       <c r="CQE23" s="11"/>
       <c r="CQF23" s="11"/>
       <c r="CQG23" s="11"/>
       <c r="CQH23" s="11"/>
     </row>
-    <row r="24" spans="1:2478" s="13" customFormat="1" ht="37.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="24" spans="1:2478" s="13" customFormat="1" ht="37.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11"/>
-      <c r="B24" s="222"/>
-      <c r="C24" s="201"/>
+      <c r="B24" s="272"/>
+      <c r="C24" s="301"/>
       <c r="D24" s="172"/>
       <c r="E24" s="172"/>
       <c r="F24" s="173"/>
-      <c r="G24" s="285"/>
+      <c r="G24" s="176"/>
       <c r="H24" s="106" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="I24" s="285"/>
+        <v>201</v>
+      </c>
+      <c r="I24" s="176"/>
       <c r="J24" s="11"/>
       <c r="K24" s="11"/>
       <c r="L24" s="11"/>
       <c r="M24" s="11"/>
       <c r="N24" s="11"/>
       <c r="O24" s="11"/>
       <c r="P24" s="11"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="11"/>
       <c r="S24" s="11"/>
       <c r="T24" s="11"/>
       <c r="U24" s="11"/>
       <c r="V24" s="11"/>
       <c r="W24" s="11"/>
       <c r="X24" s="11"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="11"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="11"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="11"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="11"/>
       <c r="AG24" s="11"/>
       <c r="AH24" s="11"/>
@@ -11033,556 +11028,556 @@
       <c r="CPK24" s="11"/>
       <c r="CPL24" s="11"/>
       <c r="CPM24" s="11"/>
       <c r="CPN24" s="11"/>
       <c r="CPO24" s="11"/>
       <c r="CPP24" s="11"/>
       <c r="CPQ24" s="11"/>
       <c r="CPR24" s="11"/>
       <c r="CPS24" s="11"/>
       <c r="CPT24" s="11"/>
       <c r="CPU24" s="11"/>
       <c r="CPV24" s="11"/>
       <c r="CPW24" s="11"/>
       <c r="CPX24" s="11"/>
       <c r="CPY24" s="11"/>
       <c r="CPZ24" s="11"/>
       <c r="CQA24" s="11"/>
       <c r="CQB24" s="11"/>
       <c r="CQC24" s="11"/>
       <c r="CQD24" s="11"/>
       <c r="CQE24" s="11"/>
       <c r="CQF24" s="11"/>
       <c r="CQG24" s="11"/>
       <c r="CQH24" s="11"/>
     </row>
-    <row r="25" spans="1:2478" ht="17.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B25" s="271" t="s">
+    <row r="25" spans="1:2478" ht="17.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="235" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="229" t="s">
-        <v>176</v>
+      <c r="C25" s="238" t="s">
+        <v>174</v>
       </c>
       <c r="D25" s="57"/>
       <c r="E25" s="58"/>
       <c r="F25" s="58"/>
-      <c r="G25" s="231" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="195" t="s">
+      <c r="G25" s="204" t="s">
+        <v>168</v>
+      </c>
+      <c r="H25" s="199" t="s">
         <v>69</v>
       </c>
       <c r="I25" s="140" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="26" spans="1:2478" s="12" customFormat="1" ht="131.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C26" s="230"/>
+    <row r="26" spans="1:2478" s="12" customFormat="1" ht="131.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="237"/>
+      <c r="C26" s="239"/>
       <c r="D26" s="59" t="s">
         <v>4</v>
       </c>
       <c r="E26" s="59" t="s">
         <v>4</v>
       </c>
       <c r="F26" s="59" t="s">
         <v>4</v>
       </c>
-      <c r="G26" s="232"/>
-      <c r="H26" s="196"/>
+      <c r="G26" s="240"/>
+      <c r="H26" s="200"/>
       <c r="I26" s="87" t="s">
         <v>88</v>
       </c>
       <c r="J26" s="29"/>
     </row>
-    <row r="27" spans="1:2478" s="12" customFormat="1" ht="90" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="1:2478" s="12" customFormat="1" ht="90" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B27" s="88" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="90" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>4</v>
       </c>
       <c r="G27" s="33" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H27" s="117" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="167" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="28" spans="1:2478" s="10" customFormat="1" ht="79.150000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="1:2478" s="10" customFormat="1" ht="79.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B28" s="89" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="91" t="s">
         <v>101</v>
       </c>
       <c r="D28" s="60" t="s">
         <v>4</v>
       </c>
       <c r="E28" s="60" t="s">
         <v>4</v>
       </c>
       <c r="F28" s="60" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="61" t="s">
         <v>66</v>
       </c>
       <c r="H28" s="104" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="114" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="29" spans="1:2478" s="10" customFormat="1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B29" s="233" t="s">
+    <row r="29" spans="1:2478" s="10" customFormat="1" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="244" t="s">
         <v>27</v>
       </c>
-      <c r="C29" s="267" t="s">
+      <c r="C29" s="232" t="s">
         <v>120</v>
       </c>
       <c r="D29" s="5"/>
       <c r="E29" s="5"/>
       <c r="F29" s="5"/>
-      <c r="G29" s="302" t="s">
+      <c r="G29" s="197" t="s">
         <v>144</v>
       </c>
       <c r="H29" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="I29" s="259" t="s">
-        <v>174</v>
+      <c r="I29" s="224" t="s">
+        <v>172</v>
       </c>
     </row>
-    <row r="30" spans="1:2478" s="12" customFormat="1" ht="52.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C30" s="268"/>
+    <row r="30" spans="1:2478" s="12" customFormat="1" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="245"/>
+      <c r="C30" s="198"/>
       <c r="D30" s="15" t="s">
         <v>4</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>4</v>
       </c>
       <c r="F30" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="G30" s="268"/>
+      <c r="G30" s="198"/>
       <c r="H30" s="116" t="s">
         <v>83</v>
       </c>
-      <c r="I30" s="260"/>
+      <c r="I30" s="225"/>
     </row>
-    <row r="31" spans="1:2478" s="10" customFormat="1" ht="31.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B31" s="271" t="s">
+    <row r="31" spans="1:2478" s="10" customFormat="1" ht="31.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="235" t="s">
         <v>28</v>
       </c>
-      <c r="C31" s="231" t="s">
+      <c r="C31" s="204" t="s">
         <v>121</v>
       </c>
       <c r="D31" s="59" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="59" t="s">
         <v>4</v>
       </c>
       <c r="F31" s="59" t="s">
         <v>4</v>
       </c>
-      <c r="G31" s="231" t="s">
-        <v>172</v>
+      <c r="G31" s="204" t="s">
+        <v>170</v>
       </c>
       <c r="H31" s="98" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="121" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="32" spans="1:2478" s="10" customFormat="1" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C32" s="261"/>
+    <row r="32" spans="1:2478" s="10" customFormat="1" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="236"/>
+      <c r="C32" s="226"/>
       <c r="D32" s="62"/>
       <c r="E32" s="62"/>
       <c r="F32" s="62"/>
-      <c r="G32" s="262"/>
+      <c r="G32" s="227"/>
       <c r="H32" s="115" t="s">
         <v>84</v>
       </c>
       <c r="I32" s="122" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="33" spans="2:53" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="191" t="s">
+    <row r="33" spans="2:53" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="241" t="s">
         <v>29</v>
       </c>
-      <c r="C33" s="197" t="s">
+      <c r="C33" s="297" t="s">
         <v>122</v>
       </c>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
-      <c r="G33" s="197" t="s">
+      <c r="G33" s="297" t="s">
         <v>143</v>
       </c>
       <c r="H33" s="108" t="s">
         <v>61</v>
       </c>
       <c r="I33" s="111" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="34" spans="2:53" ht="52.9" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C34" s="198"/>
+    <row r="34" spans="2:53" ht="52.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="242"/>
+      <c r="C34" s="298"/>
       <c r="D34" s="14" t="s">
         <v>4</v>
       </c>
       <c r="E34" s="14" t="s">
         <v>4</v>
       </c>
       <c r="F34" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="G34" s="198"/>
+      <c r="G34" s="298"/>
       <c r="H34" s="109" t="s">
         <v>86</v>
       </c>
-      <c r="I34" s="269" t="s">
+      <c r="I34" s="233" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="35" spans="2:53" ht="66.650000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B35" s="192"/>
+    <row r="35" spans="2:53" ht="66.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="243"/>
       <c r="C35" s="124" t="s">
         <v>123</v>
       </c>
       <c r="D35" s="16" t="s">
         <v>5</v>
       </c>
       <c r="E35" s="16" t="s">
         <v>5</v>
       </c>
       <c r="F35" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G35" s="36" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="H35" s="110" t="s">
         <v>30</v>
       </c>
-      <c r="I35" s="270"/>
+      <c r="I35" s="234"/>
     </row>
-    <row r="36" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="223" t="s">
+    <row r="36" spans="2:53" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="201" t="s">
         <v>31</v>
       </c>
-      <c r="C36" s="181" t="s">
+      <c r="C36" s="183" t="s">
         <v>124</v>
       </c>
-      <c r="D36" s="300" t="s">
+      <c r="D36" s="195" t="s">
         <v>4</v>
       </c>
-      <c r="E36" s="300" t="s">
+      <c r="E36" s="195" t="s">
         <v>4</v>
       </c>
-      <c r="F36" s="300" t="s">
+      <c r="F36" s="195" t="s">
         <v>5</v>
       </c>
-      <c r="G36" s="181" t="s">
-[...2 lines deleted...]
-      <c r="H36" s="298" t="s">
+      <c r="G36" s="183" t="s">
+        <v>173</v>
+      </c>
+      <c r="H36" s="192" t="s">
         <v>57</v>
       </c>
-      <c r="I36" s="250"/>
+      <c r="I36" s="215"/>
     </row>
-    <row r="37" spans="2:53" ht="75" customHeight="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="I37" s="251"/>
+    <row r="37" spans="2:53" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="202"/>
+      <c r="C37" s="194"/>
+      <c r="D37" s="196"/>
+      <c r="E37" s="196"/>
+      <c r="F37" s="196"/>
+      <c r="G37" s="194"/>
+      <c r="H37" s="193"/>
+      <c r="I37" s="216"/>
     </row>
-    <row r="38" spans="2:53" ht="81.650000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B38" s="224"/>
+    <row r="38" spans="2:53" ht="81.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="203"/>
       <c r="C38" s="75" t="s">
         <v>125</v>
       </c>
       <c r="D38" s="112" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="112" t="s">
         <v>5</v>
       </c>
       <c r="F38" s="112" t="s">
         <v>4</v>
       </c>
       <c r="G38" s="77" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="H38" s="113" t="s">
         <v>67</v>
       </c>
-      <c r="I38" s="252"/>
+      <c r="I38" s="217"/>
     </row>
-    <row r="39" spans="2:53" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B39" s="185" t="s">
+    <row r="39" spans="2:53" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="289" t="s">
         <v>32</v>
       </c>
-      <c r="C39" s="187" t="s">
-        <v>179</v>
+      <c r="C39" s="291" t="s">
+        <v>177</v>
       </c>
       <c r="D39" s="25"/>
       <c r="E39" s="25"/>
       <c r="F39" s="25"/>
-      <c r="G39" s="189" t="s">
-        <v>178</v>
+      <c r="G39" s="293" t="s">
+        <v>176</v>
       </c>
       <c r="H39" s="119" t="s">
         <v>91</v>
       </c>
-      <c r="I39" s="174" t="s">
+      <c r="I39" s="285" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="40" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C40" s="188"/>
+    <row r="40" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="290"/>
+      <c r="C40" s="292"/>
       <c r="D40" s="30" t="s">
         <v>4</v>
       </c>
       <c r="E40" s="30" t="s">
         <v>4</v>
       </c>
       <c r="F40" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="G40" s="190"/>
+      <c r="G40" s="294"/>
       <c r="H40" s="120" t="s">
         <v>90</v>
       </c>
-      <c r="I40" s="175"/>
+      <c r="I40" s="286"/>
       <c r="J40" s="31"/>
     </row>
-    <row r="41" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B41" s="223" t="s">
+    <row r="41" spans="2:53" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="201" t="s">
         <v>33</v>
       </c>
-      <c r="C41" s="231" t="s">
+      <c r="C41" s="204" t="s">
         <v>126</v>
       </c>
       <c r="D41" s="125"/>
       <c r="E41" s="126"/>
       <c r="F41" s="126"/>
-      <c r="G41" s="231" t="s">
+      <c r="G41" s="204" t="s">
         <v>142</v>
       </c>
       <c r="H41" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="I41" s="293" t="s">
+      <c r="I41" s="187" t="s">
         <v>151</v>
       </c>
       <c r="J41" s="31"/>
     </row>
-    <row r="42" spans="2:53" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C42" s="274"/>
+    <row r="42" spans="2:53" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="202"/>
+      <c r="C42" s="205"/>
       <c r="D42" s="127" t="s">
         <v>4</v>
       </c>
       <c r="E42" s="128" t="s">
         <v>4</v>
       </c>
       <c r="F42" s="129" t="s">
         <v>4</v>
       </c>
-      <c r="G42" s="274"/>
+      <c r="G42" s="205"/>
       <c r="H42" s="147" t="s">
         <v>92</v>
       </c>
-      <c r="I42" s="294"/>
+      <c r="I42" s="188"/>
     </row>
-    <row r="43" spans="2:53" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C43" s="275" t="s">
+    <row r="43" spans="2:53" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="202"/>
+      <c r="C43" s="206" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="130"/>
       <c r="E43" s="130"/>
       <c r="F43" s="62"/>
-      <c r="G43" s="275" t="s">
+      <c r="G43" s="206" t="s">
         <v>141</v>
       </c>
       <c r="H43" s="144" t="s">
         <v>35</v>
       </c>
-      <c r="I43" s="294"/>
+      <c r="I43" s="188"/>
     </row>
-    <row r="44" spans="2:53" ht="56.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C44" s="276"/>
+    <row r="44" spans="2:53" ht="56.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="203"/>
+      <c r="C44" s="207"/>
       <c r="D44" s="131" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="131" t="s">
         <v>5</v>
       </c>
       <c r="F44" s="132" t="s">
         <v>4</v>
       </c>
-      <c r="G44" s="276"/>
+      <c r="G44" s="207"/>
       <c r="H44" s="145" t="s">
         <v>93</v>
       </c>
-      <c r="I44" s="295"/>
+      <c r="I44" s="189"/>
     </row>
-    <row r="45" spans="2:53" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="2:53" ht="127.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B45" s="123" t="s">
         <v>55</v>
       </c>
       <c r="C45" s="92" t="s">
         <v>128</v>
       </c>
       <c r="D45" s="19" t="s">
         <v>4</v>
       </c>
       <c r="E45" s="19" t="s">
         <v>4</v>
       </c>
       <c r="F45" s="20" t="s">
         <v>4</v>
       </c>
       <c r="G45" s="38" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="H45" s="138" t="s">
         <v>56</v>
       </c>
       <c r="I45" s="139"/>
     </row>
-    <row r="46" spans="2:53" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B46" s="177" t="s">
+    <row r="46" spans="2:53" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="259" t="s">
         <v>36</v>
       </c>
-      <c r="C46" s="179" t="s">
+      <c r="C46" s="181" t="s">
         <v>62</v>
       </c>
       <c r="D46" s="133"/>
       <c r="E46" s="133"/>
       <c r="F46" s="134"/>
-      <c r="G46" s="181" t="s">
-        <v>181</v>
+      <c r="G46" s="183" t="s">
+        <v>179</v>
       </c>
       <c r="H46" s="136" t="s">
         <v>95</v>
       </c>
-      <c r="I46" s="277" t="s">
+      <c r="I46" s="208" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="47" spans="2:53" s="12" customFormat="1" ht="64.150000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C47" s="180"/>
+    <row r="47" spans="2:53" s="12" customFormat="1" ht="64.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="260"/>
+      <c r="C47" s="182"/>
       <c r="D47" s="135" t="s">
         <v>4</v>
       </c>
       <c r="E47" s="135" t="s">
         <v>4</v>
       </c>
       <c r="F47" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="G47" s="182"/>
+      <c r="G47" s="184"/>
       <c r="H47" s="137" t="s">
         <v>94</v>
       </c>
-      <c r="I47" s="278"/>
+      <c r="I47" s="209"/>
       <c r="J47" s="10"/>
       <c r="K47" s="10"/>
       <c r="L47" s="10"/>
       <c r="M47" s="10"/>
       <c r="N47" s="10"/>
       <c r="O47" s="10"/>
       <c r="P47" s="10"/>
       <c r="Q47" s="10"/>
       <c r="R47" s="10"/>
       <c r="S47" s="10"/>
       <c r="T47" s="10"/>
       <c r="U47" s="10"/>
       <c r="V47" s="10"/>
       <c r="W47" s="10"/>
       <c r="X47" s="10"/>
       <c r="Y47" s="10"/>
       <c r="Z47" s="10"/>
       <c r="AA47" s="10"/>
       <c r="AB47" s="10"/>
       <c r="AC47" s="10"/>
       <c r="AD47" s="10"/>
       <c r="AE47" s="10"/>
       <c r="AF47" s="10"/>
       <c r="AG47" s="10"/>
       <c r="AH47" s="10"/>
       <c r="AI47" s="10"/>
       <c r="AJ47" s="10"/>
       <c r="AK47" s="10"/>
       <c r="AL47" s="10"/>
       <c r="AM47" s="10"/>
       <c r="AN47" s="10"/>
       <c r="AO47" s="10"/>
       <c r="AP47" s="10"/>
       <c r="AQ47" s="10"/>
       <c r="AR47" s="10"/>
       <c r="AS47" s="10"/>
       <c r="AT47" s="10"/>
       <c r="AU47" s="10"/>
       <c r="AV47" s="10"/>
       <c r="AW47" s="10"/>
       <c r="AX47" s="10"/>
       <c r="AY47" s="10"/>
       <c r="AZ47" s="10"/>
       <c r="BA47" s="10"/>
     </row>
-    <row r="48" spans="2:53" s="12" customFormat="1" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="48" spans="2:53" s="12" customFormat="1" ht="63" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B48" s="141" t="s">
         <v>37</v>
       </c>
       <c r="C48" s="37" t="s">
         <v>129</v>
       </c>
       <c r="D48" s="17" t="s">
         <v>4</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>4</v>
       </c>
       <c r="G48" s="37" t="s">
         <v>140</v>
       </c>
       <c r="H48" s="143" t="s">
         <v>96</v>
       </c>
       <c r="I48" s="150" t="s">
         <v>109</v>
       </c>
       <c r="J48" s="23"/>
@@ -11608,437 +11603,437 @@
       <c r="AD48" s="10"/>
       <c r="AE48" s="10"/>
       <c r="AF48" s="10"/>
       <c r="AG48" s="10"/>
       <c r="AH48" s="10"/>
       <c r="AI48" s="10"/>
       <c r="AJ48" s="10"/>
       <c r="AK48" s="10"/>
       <c r="AL48" s="10"/>
       <c r="AM48" s="10"/>
       <c r="AN48" s="10"/>
       <c r="AO48" s="10"/>
       <c r="AP48" s="10"/>
       <c r="AQ48" s="10"/>
       <c r="AR48" s="10"/>
       <c r="AS48" s="10"/>
       <c r="AT48" s="10"/>
       <c r="AU48" s="10"/>
       <c r="AV48" s="10"/>
       <c r="AW48" s="10"/>
       <c r="AX48" s="10"/>
       <c r="AY48" s="10"/>
       <c r="AZ48" s="10"/>
       <c r="BA48" s="10"/>
     </row>
-    <row r="49" spans="2:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="238" t="s">
+    <row r="49" spans="2:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="249" t="s">
         <v>38</v>
       </c>
-      <c r="C49" s="243" t="s">
+      <c r="C49" s="253" t="s">
         <v>130</v>
       </c>
-      <c r="D49" s="245" t="s">
+      <c r="D49" s="255" t="s">
         <v>4</v>
       </c>
-      <c r="E49" s="247" t="s">
+      <c r="E49" s="257" t="s">
         <v>4</v>
       </c>
-      <c r="F49" s="247" t="s">
+      <c r="F49" s="257" t="s">
         <v>4</v>
       </c>
-      <c r="G49" s="181" t="s">
+      <c r="G49" s="183" t="s">
         <v>139</v>
       </c>
       <c r="H49" s="148" t="s">
         <v>39</v>
       </c>
-      <c r="I49" s="277" t="s">
+      <c r="I49" s="208" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="50" spans="2:10" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="G50" s="182"/>
+    <row r="50" spans="2:10" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="249"/>
+      <c r="C50" s="254"/>
+      <c r="D50" s="256"/>
+      <c r="E50" s="258"/>
+      <c r="F50" s="258"/>
+      <c r="G50" s="184"/>
       <c r="H50" s="149" t="s">
         <v>97</v>
       </c>
-      <c r="I50" s="281"/>
+      <c r="I50" s="212"/>
     </row>
-    <row r="51" spans="2:10" s="10" customFormat="1" ht="60.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="51" spans="2:10" s="10" customFormat="1" ht="60.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B51" s="142" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="33" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="18" t="s">
         <v>5</v>
       </c>
       <c r="E51" s="18" t="s">
         <v>40</v>
       </c>
       <c r="F51" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G51" s="33" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="H51" s="151" t="s">
         <v>71</v>
       </c>
       <c r="I51" s="45"/>
       <c r="J51" s="23"/>
     </row>
-    <row r="52" spans="2:10" s="2" customFormat="1" ht="71.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="52" spans="2:10" s="2" customFormat="1" ht="71.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B52" s="152" t="s">
         <v>41</v>
       </c>
       <c r="C52" s="153" t="s">
         <v>132</v>
       </c>
       <c r="D52" s="156" t="s">
         <v>4</v>
       </c>
       <c r="E52" s="156" t="s">
         <v>4</v>
       </c>
       <c r="F52" s="156" t="s">
         <v>4</v>
       </c>
       <c r="G52" s="153" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="H52" s="155" t="s">
         <v>98</v>
       </c>
       <c r="I52" s="154" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="53" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="191" t="s">
+    <row r="53" spans="2:10" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="241" t="s">
         <v>42</v>
       </c>
-      <c r="C53" s="239" t="s">
+      <c r="C53" s="250" t="s">
         <v>102</v>
       </c>
-      <c r="D53" s="239" t="s">
+      <c r="D53" s="250" t="s">
         <v>4</v>
       </c>
-      <c r="E53" s="239" t="s">
+      <c r="E53" s="250" t="s">
         <v>4</v>
       </c>
-      <c r="F53" s="239" t="s">
+      <c r="F53" s="250" t="s">
         <v>4</v>
       </c>
-      <c r="G53" s="241" t="s">
+      <c r="G53" s="174" t="s">
         <v>138</v>
       </c>
-      <c r="H53" s="282" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="279" t="s">
+      <c r="H53" s="213" t="s">
+        <v>188</v>
+      </c>
+      <c r="I53" s="210" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="54" spans="2:10" ht="88.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="243"/>
+      <c r="C54" s="251"/>
+      <c r="D54" s="251"/>
+      <c r="E54" s="251"/>
+      <c r="F54" s="251"/>
+      <c r="G54" s="252"/>
+      <c r="H54" s="214"/>
+      <c r="I54" s="211"/>
+    </row>
+    <row r="55" spans="2:10" ht="58.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B55" s="259" t="s">
+        <v>43</v>
+      </c>
+      <c r="C55" s="181" t="s">
         <v>186</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D55" s="49" t="s">
         <v>4</v>
       </c>
       <c r="E55" s="49" t="s">
         <v>4</v>
       </c>
       <c r="F55" s="157" t="s">
         <v>20</v>
       </c>
-      <c r="G55" s="181" t="s">
-[...2 lines deleted...]
-      <c r="H55" s="291" t="s">
+      <c r="G55" s="183" t="s">
+        <v>183</v>
+      </c>
+      <c r="H55" s="185" t="s">
+        <v>187</v>
+      </c>
+      <c r="I55" s="158" t="s">
         <v>189</v>
       </c>
-      <c r="I55" s="158" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="56" spans="2:10" s="12" customFormat="1" ht="35.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C56" s="180"/>
+    <row r="56" spans="2:10" s="12" customFormat="1" ht="35.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="260"/>
+      <c r="C56" s="182"/>
       <c r="D56" s="49"/>
       <c r="E56" s="49"/>
       <c r="F56" s="157"/>
-      <c r="G56" s="182"/>
-      <c r="H56" s="292"/>
+      <c r="G56" s="184"/>
+      <c r="H56" s="186"/>
       <c r="I56" s="87" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
-    <row r="57" spans="2:10" ht="84" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>184</v>
+    <row r="57" spans="2:10" ht="84" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="246" t="s">
+        <v>182</v>
       </c>
       <c r="C57" s="39" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D57" s="21" t="s">
         <v>4</v>
       </c>
       <c r="E57" s="21" t="s">
         <v>4</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>44</v>
       </c>
       <c r="G57" s="39" t="s">
         <v>137</v>
       </c>
       <c r="H57" s="160" t="s">
         <v>45</v>
       </c>
       <c r="I57" s="165" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
     </row>
-    <row r="58" spans="2:10" ht="95.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="236"/>
+    <row r="58" spans="2:10" ht="95.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="247"/>
       <c r="C58" s="159" t="s">
         <v>46</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G58" s="35" t="s">
         <v>136</v>
       </c>
       <c r="H58" s="161" t="s">
         <v>47</v>
       </c>
       <c r="I58" s="163" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
-    <row r="59" spans="2:10" ht="88.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B59" s="237"/>
+    <row r="59" spans="2:10" ht="88.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B59" s="248"/>
       <c r="C59" s="40" t="s">
         <v>48</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>4</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F59" s="24" t="s">
         <v>4</v>
       </c>
       <c r="G59" s="40" t="s">
         <v>68</v>
       </c>
       <c r="H59" s="162" t="s">
         <v>49</v>
       </c>
       <c r="I59" s="164" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
-    <row r="60" spans="2:10" s="12" customFormat="1" ht="112.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="2:10" s="12" customFormat="1" ht="112.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B60" s="84" t="s">
         <v>99</v>
       </c>
       <c r="C60" s="55" t="s">
         <v>133</v>
       </c>
       <c r="D60" s="60" t="s">
         <v>4</v>
       </c>
       <c r="E60" s="166" t="s">
         <v>4</v>
       </c>
       <c r="F60" s="49" t="s">
         <v>4</v>
       </c>
       <c r="G60" s="75" t="s">
         <v>135</v>
       </c>
       <c r="H60" s="104" t="s">
         <v>50</v>
       </c>
       <c r="I60" s="170" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
-    <row r="61" spans="2:10" s="10" customFormat="1" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="61" spans="2:10" s="10" customFormat="1" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B61" s="168" t="s">
         <v>51</v>
       </c>
       <c r="C61" s="41" t="s">
         <v>134</v>
       </c>
       <c r="D61" s="26" t="s">
         <v>4</v>
       </c>
       <c r="E61" s="27" t="s">
         <v>52</v>
       </c>
       <c r="F61" s="27" t="s">
         <v>52</v>
       </c>
       <c r="G61" s="41" t="s">
+        <v>194</v>
+      </c>
+      <c r="H61" s="169" t="s">
         <v>196</v>
       </c>
-      <c r="H61" s="169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I61" s="171" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
-    <row r="62" spans="2:10" ht="14" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="2:10" ht="14.4" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="95">
+    <mergeCell ref="I39:I40"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:C47"/>
+    <mergeCell ref="G46:G47"/>
+    <mergeCell ref="I17:I18"/>
+    <mergeCell ref="B39:B40"/>
+    <mergeCell ref="C39:C40"/>
+    <mergeCell ref="G39:G40"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="G11:G12"/>
+    <mergeCell ref="H11:H12"/>
+    <mergeCell ref="C33:C34"/>
+    <mergeCell ref="G33:G34"/>
+    <mergeCell ref="C22:C24"/>
+    <mergeCell ref="D17:D18"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="B6:B10"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="I4:I5"/>
+    <mergeCell ref="C6:C8"/>
+    <mergeCell ref="D6:D8"/>
+    <mergeCell ref="E6:E8"/>
+    <mergeCell ref="F6:F8"/>
+    <mergeCell ref="G6:G8"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="B22:B24"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="C25:C26"/>
+    <mergeCell ref="G25:G26"/>
+    <mergeCell ref="B33:B35"/>
+    <mergeCell ref="B29:B30"/>
+    <mergeCell ref="B57:B59"/>
+    <mergeCell ref="B49:B50"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="C53:C54"/>
+    <mergeCell ref="D53:D54"/>
+    <mergeCell ref="E53:E54"/>
+    <mergeCell ref="F53:F54"/>
+    <mergeCell ref="G53:G54"/>
+    <mergeCell ref="C49:C50"/>
+    <mergeCell ref="D49:D50"/>
+    <mergeCell ref="E49:E50"/>
+    <mergeCell ref="F49:F50"/>
+    <mergeCell ref="C36:C37"/>
+    <mergeCell ref="I36:I38"/>
+    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="B3:I3"/>
+    <mergeCell ref="B2:I2"/>
+    <mergeCell ref="I29:I30"/>
+    <mergeCell ref="C31:C32"/>
+    <mergeCell ref="G31:G32"/>
+    <mergeCell ref="D22:D23"/>
+    <mergeCell ref="E22:E23"/>
+    <mergeCell ref="F22:F23"/>
+    <mergeCell ref="B36:B38"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="I34:I35"/>
+    <mergeCell ref="B31:B32"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="B41:B44"/>
+    <mergeCell ref="C41:C42"/>
+    <mergeCell ref="C43:C44"/>
+    <mergeCell ref="I46:I47"/>
+    <mergeCell ref="I53:I54"/>
+    <mergeCell ref="G41:G42"/>
+    <mergeCell ref="G43:G44"/>
+    <mergeCell ref="I49:I50"/>
+    <mergeCell ref="H53:H54"/>
+    <mergeCell ref="G49:G50"/>
     <mergeCell ref="I22:I24"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="I6:I10"/>
     <mergeCell ref="C55:C56"/>
     <mergeCell ref="G55:G56"/>
     <mergeCell ref="H55:H56"/>
     <mergeCell ref="I41:I44"/>
     <mergeCell ref="G13:G14"/>
     <mergeCell ref="H36:H37"/>
     <mergeCell ref="G36:G37"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="G29:G30"/>
     <mergeCell ref="H25:H26"/>
     <mergeCell ref="G22:G24"/>
     <mergeCell ref="E36:E37"/>
     <mergeCell ref="D36:D37"/>
-    <mergeCell ref="B41:B44"/>
-[...77 lines deleted...]
-    <mergeCell ref="C22:C24"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H9" r:id="rId1" xr:uid="{6EC44AFF-FD16-4F57-836F-8D1C651CE7FF}"/>
     <hyperlink ref="H10" r:id="rId2" xr:uid="{88F65553-4159-4F5D-B77D-F396EA1C581A}"/>
     <hyperlink ref="H15" r:id="rId3" xr:uid="{818753C2-4AA5-41B5-83EA-5BFE66B0961D}"/>
     <hyperlink ref="H17" r:id="rId4" xr:uid="{CCB0E1BF-7E64-403D-94FE-ECBFA10BFB4C}"/>
     <hyperlink ref="H19" r:id="rId5" xr:uid="{E950C64F-D33E-4A41-A00E-07375C46833A}"/>
     <hyperlink ref="H20" r:id="rId6" xr:uid="{142B41DE-0DCB-430A-8BAE-4A7E16FE0A39}"/>
     <hyperlink ref="H21" r:id="rId7" xr:uid="{FBE9D1FB-9613-4DEA-B150-4D408B013962}"/>
     <hyperlink ref="H25" r:id="rId8" xr:uid="{4EB53661-D74A-4D7E-8280-351738E9CB55}"/>
     <hyperlink ref="I26" r:id="rId9" xr:uid="{B84ED7F6-A6B0-4816-8BA1-CABA435778D8}"/>
     <hyperlink ref="H28" r:id="rId10" xr:uid="{220DC712-07F9-4AA0-B568-94002C8FC4E0}"/>
     <hyperlink ref="I28" r:id="rId11" display="http://www.abe-infoservice.fr/assurance.html" xr:uid="{0869BF6E-CEB5-4A97-8621-648D506DC5AB}"/>
     <hyperlink ref="H22" r:id="rId12" xr:uid="{33457EDC-0C95-4739-95FA-0F757EFC9D67}"/>
     <hyperlink ref="I22" r:id="rId13" display="https://www.synigoroskatanaloti.gr/en,  " xr:uid="{3C5969CC-5498-4F4E-876A-B2CEF799A300}"/>
     <hyperlink ref="H31" r:id="rId14" xr:uid="{9446071D-6F2D-4313-A028-E5501327D9BF}"/>
     <hyperlink ref="H35" r:id="rId15" display="https://pensionsauthority.ie/" xr:uid="{8783267C-90E5-4C0A-BAEF-DF29EBEF754D}"/>
     <hyperlink ref="H38" r:id="rId16" xr:uid="{07F242B0-8C43-4B34-8F5B-020F93F2A6ED}"/>
     <hyperlink ref="H47" r:id="rId17" xr:uid="{9F20837F-0CEF-4BF0-B203-E48A611D3BF8}"/>
     <hyperlink ref="H48" r:id="rId18" xr:uid="{BD660D6F-6D8D-4FAA-80CD-7E458ABDFBC2}"/>
     <hyperlink ref="H49" r:id="rId19" xr:uid="{9D7A439F-C055-494A-82A1-2B5819DCAB5B}"/>
     <hyperlink ref="I58" r:id="rId20" display="https://www.konsumentverket.se/languages/english-engelska/this-is-how-you-file-a-complaint/" xr:uid="{B123404C-59F4-4260-8F96-7454A25163CD}"/>
     <hyperlink ref="H57" r:id="rId21" xr:uid="{18D7D8A0-AC80-4F14-9730-699F06A50CAE}"/>
     <hyperlink ref="H58" r:id="rId22" xr:uid="{9098EEFF-7FA4-4800-A4DA-54317D55A8D0}"/>
     <hyperlink ref="H59" r:id="rId23" xr:uid="{4DF1D1C8-D266-4678-B4FE-CE05698BE963}"/>
@@ -12056,89 +12051,205 @@
     <hyperlink ref="H51" r:id="rId35" xr:uid="{3C54B308-8A8A-4495-9FAB-278ECEDFA1E3}"/>
     <hyperlink ref="H53" r:id="rId36" xr:uid="{EED5B6FA-9E36-40F2-A57C-EAE5BFF4169C}"/>
     <hyperlink ref="I39" r:id="rId37" xr:uid="{566BA3B2-70B5-4FE7-8A4C-3548A045AF72}"/>
     <hyperlink ref="H8" r:id="rId38" xr:uid="{FFF56FD2-46CC-4C77-840C-E29C19138247}"/>
     <hyperlink ref="H7" r:id="rId39" xr:uid="{67356EC7-FA20-461A-904C-B2EFE70277B3}"/>
     <hyperlink ref="H14" r:id="rId40" xr:uid="{25749960-F17D-4FC8-9269-750DE252EB96}"/>
     <hyperlink ref="H16" r:id="rId41" xr:uid="{F721B69D-A47A-4AF6-B8BE-8B61C9CC3199}"/>
     <hyperlink ref="H44" r:id="rId42" xr:uid="{6E13391C-D899-4F3A-B6CB-AD18275E798E}"/>
     <hyperlink ref="H18" r:id="rId43" xr:uid="{3351A1AE-54A8-4F18-9C24-B465367E31F4}"/>
     <hyperlink ref="H23" r:id="rId44" xr:uid="{ED432D57-7AE8-45FC-889E-B219302F012C}"/>
     <hyperlink ref="H29" r:id="rId45" xr:uid="{21B5BC6C-F3A8-4597-9616-5F536A5CCF8F}"/>
     <hyperlink ref="H30" r:id="rId46" display="https://www.hanfa.hr/consumers/complaints-to-hanfa/" xr:uid="{D1EC30EE-FCB3-45CE-80C5-7E5B910DF260}"/>
     <hyperlink ref="H32" r:id="rId47" xr:uid="{BC43515A-F25C-4349-9E05-288221DDD6C7}"/>
     <hyperlink ref="I34" r:id="rId48" xr:uid="{C3A1C262-C4EB-4D0F-99E3-815ED84DEAA3}"/>
     <hyperlink ref="H33" r:id="rId49" xr:uid="{AF51CE59-8E6F-47AC-80FB-34E7F46F4FB6}"/>
     <hyperlink ref="H34" r:id="rId50" xr:uid="{FDE00322-D3CD-411C-BC5D-5B502BA5DF25}"/>
     <hyperlink ref="I32" r:id="rId51" xr:uid="{D2463C3F-1440-4F69-A7B8-B9075C285161}"/>
     <hyperlink ref="H39" r:id="rId52" xr:uid="{A5AA4E60-9C16-4700-A5D8-CD7B04CD6010}"/>
     <hyperlink ref="H41" r:id="rId53" xr:uid="{B9D794B1-544F-4D0F-BBD7-B9C5820EC0BB}"/>
     <hyperlink ref="H42" r:id="rId54" display="https://www.caa.lu/fr/consommateurs/resolution-extrajudiciaire-des-litiges" xr:uid="{E1556F7E-C218-47DF-A2ED-3A984C1669E3}"/>
     <hyperlink ref="H43" r:id="rId55" xr:uid="{1FBCB763-B42F-464F-9972-35D249E6A906}"/>
     <hyperlink ref="H46" r:id="rId56" display="https://www.bank.lv/" xr:uid="{6FAB0332-EEC0-484A-899B-44B2CA775E79}"/>
     <hyperlink ref="H50" r:id="rId57" xr:uid="{93D1A3FD-F50C-4A76-86D8-3B62BD3B1E39}"/>
     <hyperlink ref="B3" r:id="rId58" display="https://www.eiopa.europa.eu/publications/decision-collaboration-competent-authorities-regard-application-iorp-ii-directive_en" xr:uid="{7BDADC31-14B6-40D2-B0F7-850FB9BFDCCD}"/>
     <hyperlink ref="B2:I2" r:id="rId59" display="https://www.eiopa.europa.eu/publications/decision-cooperation-competent-authorities-under-idd_en" xr:uid="{741E0FBC-0BFE-4916-B7B6-44F99370FFF3}"/>
-    <hyperlink ref="I14" r:id="rId60" xr:uid="{F57F1C37-391A-4701-90AB-9E5E45D5752E}"/>
-[...5 lines deleted...]
-    <hyperlink ref="I19" r:id="rId66" display="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/StreitschlichtungBaFin/StreitschlichtungBaFin_node_en.html" xr:uid="{E85F5034-20C5-412C-9FA8-B4E280208BF0}"/>
+    <hyperlink ref="H36" r:id="rId60" xr:uid="{70981639-7776-464F-AA3C-4E640383222F}"/>
+    <hyperlink ref="H55" r:id="rId61" xr:uid="{D136A135-F4BD-4124-B679-D39CE8E52EB1}"/>
+    <hyperlink ref="I56" r:id="rId62" xr:uid="{FC1CE22C-B2F4-4B07-9D76-2CB0B1F99FCA}"/>
+    <hyperlink ref="I57" r:id="rId63" xr:uid="{F436FD79-3A66-4A79-A42F-3C91BEE943A3}"/>
+    <hyperlink ref="H24" r:id="rId64" xr:uid="{DB1C4F6D-68F5-425D-9E86-79242679C405}"/>
+    <hyperlink ref="I19" r:id="rId65" display="https://www.bafin.de/EN/Verbraucher/BeschwerdenStreitschlichtung/StreitschlichtungBaFin/StreitschlichtungBaFin_node_en.html" xr:uid="{E85F5034-20C5-412C-9FA8-B4E280208BF0}"/>
+    <hyperlink ref="I15" r:id="rId66" xr:uid="{968660C1-FC66-4E62-A634-E56D54DF3075}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId67"/>
   <legacyDrawing r:id="rId68"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10003</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>3</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10009</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>9</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10103</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>102</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10105</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>105</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowListEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Asynchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name/>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>2</Type>
+    <SequenceNumber>10000</SequenceNumber>
+    <Url/>
+    <Assembly>RecordPoint.Active.UI, Version=1.0.0.0, Culture=neutral, PublicKeyToken=d49476ae5b650bf3</Assembly>
+    <Class>RecordPoint.Active.UI.Events.WorkflowItemEventReceiver</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ERIS Document" ma:contentTypeID="0x01010086D28A9925269A4C94FE8C7705603A4400D0AF8390053495458B885272CAF9C7D2" ma:contentTypeVersion="44" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="2fce8501383b98c0c4564e13033fd03c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xmlns:ns3="0422182e-0cb1-4193-81d0-a74c7b3aff90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="99b64945a4bb4f7b69ca4d0206ff75c4" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef"/>
     <xsd:import namespace="0422182e-0cb1-4193-81d0-a74c7b3aff90"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:e0932c48ec834fa5a481b180ef3a7bc4" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:p4416d7b11a84278861d1bc536f19973" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_ConfidentialityLevel"/>
                 <xsd:element ref="ns2:ERIS_AdditionalMarkings" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_ApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:e11455bddbab4e51a52df85e8799e244" minOccurs="0"/>
                 <xsd:element ref="ns2:m87656bfdaaa4de6b60a64c3c23b8ca6" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_OtherReference" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_Relation" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_AssignedTo" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_RecordNumber" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_CaseOpeningDate" minOccurs="0"/>
@@ -12504,197 +12615,51 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...114 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...28 lines deleted...]
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <FormData xmlns="http://schemas.microsoft.com/sharepoint/v3">&lt;?xml version="1.0" encoding="utf-8"?&gt;&lt;FormVariables&gt;&lt;Version /&gt;&lt;Advanced type="System.Boolean"&gt;False&lt;/Advanced&gt;&lt;/FormVariables&gt;</FormData>
     <ERIS_RecordNumber xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">EIOPA(2024)0095992</ERIS_RecordNumber>
     <TaxCatchAll xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">
       <Value>201</Value>
       <Value>115</Value>
       <Value>11</Value>
       <Value>191</Value>
       <Value>2</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <MeetingApprovalPath xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_AdditionalMarkings xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_BusinessArea xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_ConfidentialityLevel xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">EIOPA Regular Use</ERIS_ConfidentialityLevel>
     <ERIS_ApprovalStatus xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">DRAFT</ERIS_ApprovalStatus>
     <NextMeetingType xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_OtherReference xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <FilenameMeetingType xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <SubmittingDepartment xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <FilenameMeetingAgendaNo xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <FilenameMeetingNo xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_SupersededObsolete xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">false</ERIS_SupersededObsolete>
     <SourceDocumentInfo xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
@@ -12786,115 +12751,145 @@
     </e0932c48ec834fa5a481b180ef3a7bc4>
     <e11455bddbab4e51a52df85e8799e244 xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corporate Affairs Department</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7d798a32-4c3f-4fe6-bdf3-ee2d844df284</TermId>
         </TermInfo>
       </Terms>
     </e11455bddbab4e51a52df85e8799e244>
     <ERIS_CaseStatus xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">Active</ERIS_CaseStatus>
     <ERIS_CaseOpeningDate xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <ERIS_CaseRef. xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
     <m87656bfdaaa4de6b60a64c3c23b8ca6 xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">English</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">2741a941-2920-4ba4-aa70-d8ed6ac1785d</TermId>
         </TermInfo>
       </Terms>
     </m87656bfdaaa4de6b60a64c3c23b8ca6>
     <ERIS_CaseClosureDate xmlns="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
+  <MobileDisplay>_layouts/15/NintexForms/Mobile/DispForm.aspx</MobileDisplay>
+  <MobileEdit>_layouts/15/NintexForms/Mobile/EditForm.aspx</MobileEdit>
+  <MobileNew>_layouts/15/NintexForms/Mobile/NewForm.aspx</MobileNew>
+</FormUrls>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>NFListDisplayForm</Display>
+  <Edit>NFListEditForm</Edit>
+  <New>NFListEditForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates>
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+  <MobileDisplayFormUrl/>
+  <MobileEditFormUrl/>
+  <MobileNewFormUrl/>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFCD5B21-2F2E-4801-AAE4-07554957AF87}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{838FCD81-5D62-47C4-9BB5-FC6DED5420CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef"/>
     <ds:schemaRef ds:uri="0422182e-0cb1-4193-81d0-a74c7b3aff90"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03365FF-59D5-4784-A41C-201615622990}">
-[...20 lines deleted...]
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DBBEBED-1763-4C98-B61C-166F533E85D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="f578ed4c-b9b1-4fb1-b925-0b16dd8c26ef"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="0422182e-0cb1-4193-81d0-a74c7b3aff90"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{708CE159-0AE4-45CF-AFD3-CB402FB971F5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{315F17F1-1B4C-4120-9DB8-5134355F7A43}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03365FF-59D5-4784-A41C-201615622990}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>National Contact Points</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>