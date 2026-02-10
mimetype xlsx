--- v0 (2025-12-06)
+++ v1 (2026-02-10)
@@ -7,93 +7,109 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sztatiszka\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Desktop saving 20250401\to upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5E781044-A610-4F9E-8749-090BC0DDCEF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3F8AAFF-43C5-4E10-A7F8-96A95C48E0C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SII Taxonomy Roadmap" sheetId="14" r:id="rId1"/>
     <sheet name="PF Taxonomy Roadmap" sheetId="16" r:id="rId2"/>
     <sheet name="PEPP Taxonomy Roadmap " sheetId="18" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'PEPP Taxonomy Roadmap '!$A$1:$AK$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'PF Taxonomy Roadmap'!$A$1:$AO$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'SII Taxonomy Roadmap'!$A$1:$AW$27</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'PEPP Taxonomy Roadmap '!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'PF Taxonomy Roadmap'!$A:$A</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'SII Taxonomy Roadmap'!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A27" i="18" l="1"/>
+  <c r="AL39" i="14" l="1"/>
+  <c r="AI39" i="14"/>
+  <c r="AC39" i="14"/>
+  <c r="W39" i="14"/>
+  <c r="Q39" i="14"/>
+  <c r="R39" i="14" s="1"/>
+  <c r="N39" i="14"/>
+  <c r="O39" i="14" s="1"/>
+  <c r="K39" i="14"/>
+  <c r="L39" i="14" s="1"/>
+  <c r="H39" i="14"/>
+  <c r="I39" i="14" s="1"/>
+  <c r="E39" i="14"/>
+  <c r="F39" i="14" s="1"/>
+  <c r="B39" i="14"/>
+  <c r="C39" i="14" s="1"/>
+  <c r="A27" i="18"/>
   <c r="B27" i="18" s="1"/>
   <c r="C27" i="18" s="1"/>
   <c r="A26" i="18"/>
   <c r="A25" i="18"/>
   <c r="A24" i="18"/>
   <c r="F39" i="16"/>
   <c r="K39" i="16" s="1"/>
   <c r="V39" i="16" s="1"/>
   <c r="C39" i="16"/>
   <c r="H39" i="16" s="1"/>
   <c r="N39" i="16" s="1"/>
   <c r="P39" i="16" s="1"/>
   <c r="S39" i="16" s="1"/>
   <c r="Y39" i="16" s="1"/>
   <c r="F38" i="16"/>
   <c r="K38" i="16" s="1"/>
   <c r="V38" i="16" s="1"/>
   <c r="F37" i="16"/>
   <c r="K37" i="16" s="1"/>
   <c r="V37" i="16" s="1"/>
   <c r="F36" i="16"/>
   <c r="K36" i="16" s="1"/>
   <c r="V36" i="16" s="1"/>
   <c r="AI38" i="14"/>
   <c r="AJ38" i="14" s="1"/>
@@ -122,51 +138,51 @@
   <c r="AJ36" i="14" s="1"/>
   <c r="AC36" i="14"/>
   <c r="AD36" i="14" s="1"/>
   <c r="W36" i="14"/>
   <c r="X36" i="14" s="1"/>
   <c r="Q36" i="14"/>
   <c r="R36" i="14" s="1"/>
   <c r="K36" i="14"/>
   <c r="L36" i="14" s="1"/>
   <c r="E36" i="14"/>
   <c r="F36" i="14" s="1"/>
   <c r="AL35" i="14"/>
   <c r="N35" i="14"/>
   <c r="O35" i="14" s="1"/>
   <c r="H35" i="14"/>
   <c r="I35" i="14" s="1"/>
   <c r="B35" i="14"/>
   <c r="C35" i="14" s="1"/>
   <c r="E35" i="14"/>
   <c r="F35" i="14" s="1"/>
   <c r="K35" i="14"/>
   <c r="L35" i="14" s="1"/>
   <c r="Q35" i="14"/>
   <c r="R35" i="14" s="1"/>
   <c r="W35" i="14"/>
-  <c r="X35" i="14"/>
+  <c r="X35" i="14" s="1"/>
   <c r="AC35" i="14"/>
   <c r="AD35" i="14" s="1"/>
   <c r="AI35" i="14"/>
   <c r="AJ35" i="14" s="1"/>
   <c r="AI34" i="14"/>
   <c r="AJ34" i="14" s="1"/>
   <c r="AI33" i="14"/>
   <c r="AJ33" i="14" s="1"/>
   <c r="AI32" i="14"/>
   <c r="AJ32" i="14" s="1"/>
   <c r="AC34" i="14"/>
   <c r="AC33" i="14"/>
   <c r="AC32" i="14"/>
   <c r="W34" i="14"/>
   <c r="W33" i="14"/>
   <c r="W32" i="14"/>
   <c r="X32" i="14" s="1"/>
   <c r="Q34" i="14"/>
   <c r="Q33" i="14"/>
   <c r="Q32" i="14"/>
   <c r="K34" i="14"/>
   <c r="K33" i="14"/>
   <c r="K32" i="14"/>
   <c r="E34" i="14"/>
   <c r="F34" i="14" s="1"/>
@@ -202,54 +218,54 @@
   <c r="S35" i="16" s="1"/>
   <c r="Y35" i="16" s="1"/>
   <c r="F35" i="16"/>
   <c r="K35" i="16" s="1"/>
   <c r="V35" i="16" s="1"/>
   <c r="F34" i="16"/>
   <c r="K34" i="16" s="1"/>
   <c r="V34" i="16" s="1"/>
   <c r="F33" i="16"/>
   <c r="K33" i="16" s="1"/>
   <c r="V33" i="16" s="1"/>
   <c r="F32" i="16"/>
   <c r="K32" i="16" s="1"/>
   <c r="V32" i="16" s="1"/>
   <c r="A29" i="16"/>
   <c r="E29" i="16" s="1"/>
   <c r="J29" i="16" s="1"/>
   <c r="A30" i="16"/>
   <c r="E30" i="16" s="1"/>
   <c r="J30" i="16" s="1"/>
   <c r="AI28" i="14"/>
   <c r="AI30" i="14"/>
   <c r="AI29" i="14"/>
   <c r="Q29" i="14"/>
   <c r="Q30" i="14"/>
-  <c r="R34" i="14" s="1"/>
   <c r="Q28" i="14"/>
   <c r="R32" i="14" s="1"/>
-  <c r="B19" i="18" l="1"/>
+  <c r="R34" i="14" l="1"/>
+  <c r="B19" i="18"/>
   <c r="C19" i="18" s="1"/>
   <c r="U29" i="16"/>
   <c r="V29" i="16" s="1"/>
   <c r="C31" i="16"/>
   <c r="N31" i="16" s="1"/>
   <c r="S31" i="16" s="1"/>
   <c r="Y31" i="16" s="1"/>
   <c r="U30" i="16"/>
   <c r="V30" i="16" s="1"/>
   <c r="R33" i="14"/>
   <c r="K31" i="14"/>
   <c r="B31" i="14"/>
   <c r="C31" i="14" s="1"/>
   <c r="N31" i="14"/>
   <c r="O31" i="14" s="1"/>
   <c r="E31" i="14"/>
   <c r="F31" i="14" s="1"/>
   <c r="H31" i="14"/>
   <c r="I31" i="14" s="1"/>
   <c r="W31" i="14"/>
   <c r="AI31" i="14"/>
   <c r="AJ31" i="14" s="1"/>
   <c r="Q31" i="14"/>
   <c r="R31" i="14" s="1"/>
   <c r="AC31" i="14"/>
@@ -468,51 +484,51 @@
   <c r="AD27" i="14"/>
   <c r="AD26" i="14"/>
   <c r="L25" i="14"/>
   <c r="E27" i="14"/>
   <c r="F23" i="14"/>
   <c r="E24" i="14"/>
   <c r="F20" i="14"/>
   <c r="K24" i="14"/>
   <c r="L20" i="14"/>
   <c r="X30" i="14" l="1"/>
   <c r="X34" i="14"/>
   <c r="AD29" i="14"/>
   <c r="AD33" i="14"/>
   <c r="AD30" i="14"/>
   <c r="AD34" i="14"/>
   <c r="F30" i="14"/>
   <c r="K28" i="14"/>
   <c r="L32" i="14" s="1"/>
   <c r="E28" i="14"/>
   <c r="L24" i="14"/>
   <c r="F24" i="14"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="498" uniqueCount="61">
   <si>
     <t>2.3.0</t>
   </si>
   <si>
     <t>2.4.0</t>
   </si>
   <si>
     <t>d</t>
   </si>
   <si>
     <t>Annual Solvency II reporting Solo
 (ars .01)</t>
   </si>
   <si>
     <t>Quarterly Solvency II reporting Solo
 (qrs .02)</t>
   </si>
   <si>
     <t>Annual Solvency II reporting Group
 (arg .04)</t>
   </si>
   <si>
     <t>Quarterly Solvency II reporting Group
 (qrg .05)</t>
   </si>
@@ -725,63 +741,66 @@
     <r>
       <t xml:space="preserve">2.7.0 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>or</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 2.7.0 NACE 2.1 3rd Optional Hotfix</t>
     </r>
   </si>
   <si>
-    <t>To be confirmed</t>
-[...1 lines deleted...]
-  <si>
     <t>2.8.2 or 2.8.2 NACE 2.1 Optional Hotfix</t>
   </si>
   <si>
     <t>2.9.0 or 2.9.0 NACE 2.1 2nd Optional Hotfix</t>
   </si>
   <si>
     <t>2024-2026 by reference dates</t>
   </si>
   <si>
     <t>Last update: 29 August 2025</t>
+  </si>
+  <si>
+    <t>Last update: 02/02/2026</t>
+  </si>
+  <si>
+    <t>to be confirmed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1375,51 +1394,51 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="dotted">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="4" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="11" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1534,175 +1553,163 @@
     </xf>
     <xf numFmtId="164" fontId="13" fillId="4" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="4" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="8" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="8" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="31" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
@@ -2016,449 +2023,449 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BP117"/>
+  <dimension ref="A1:BP107"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B37" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="E2" sqref="E2:G4"/>
+      <selection pane="bottomRight" activeCell="B43" sqref="B43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.5546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="18.44140625" customWidth="1"/>
+    <col min="1" max="1" width="17.54296875" customWidth="1"/>
+    <col min="2" max="2" width="20.453125" customWidth="1"/>
+    <col min="3" max="3" width="17.81640625" customWidth="1"/>
+    <col min="4" max="4" width="11.1796875" customWidth="1"/>
+    <col min="5" max="5" width="22.81640625" customWidth="1"/>
+    <col min="6" max="6" width="21.1796875" customWidth="1"/>
+    <col min="7" max="7" width="11.1796875" customWidth="1"/>
+    <col min="8" max="8" width="18.453125" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
-    <col min="10" max="10" width="13.5546875" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="25" max="25" width="11.21875" customWidth="1"/>
+    <col min="10" max="10" width="13.54296875" customWidth="1"/>
+    <col min="11" max="11" width="20.1796875" customWidth="1"/>
+    <col min="12" max="12" width="20.54296875" customWidth="1"/>
+    <col min="13" max="13" width="11.1796875" customWidth="1"/>
+    <col min="14" max="16" width="15.81640625" customWidth="1"/>
+    <col min="17" max="19" width="11.1796875" customWidth="1"/>
+    <col min="20" max="20" width="14.453125" customWidth="1"/>
+    <col min="21" max="21" width="13.81640625" customWidth="1"/>
+    <col min="22" max="22" width="11.1796875" customWidth="1"/>
+    <col min="23" max="23" width="16.54296875" customWidth="1"/>
+    <col min="24" max="24" width="13.453125" customWidth="1"/>
+    <col min="25" max="25" width="11.1796875" customWidth="1"/>
     <col min="26" max="26" width="19" customWidth="1"/>
-    <col min="27" max="28" width="11.21875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="30" max="31" width="11.21875" customWidth="1"/>
+    <col min="27" max="28" width="11.1796875" customWidth="1"/>
+    <col min="29" max="29" width="16.1796875" customWidth="1"/>
+    <col min="30" max="31" width="11.1796875" customWidth="1"/>
     <col min="32" max="32" width="14" customWidth="1"/>
-    <col min="33" max="33" width="15.5546875" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="50" max="68" width="12.21875" style="3"/>
+    <col min="33" max="33" width="15.54296875" customWidth="1"/>
+    <col min="34" max="34" width="11.1796875" customWidth="1"/>
+    <col min="35" max="35" width="20.453125" customWidth="1"/>
+    <col min="36" max="37" width="11.1796875" customWidth="1"/>
+    <col min="38" max="38" width="16.54296875" customWidth="1"/>
+    <col min="39" max="39" width="21.1796875" customWidth="1"/>
+    <col min="40" max="40" width="11.1796875" customWidth="1"/>
+    <col min="41" max="41" width="18.453125" customWidth="1"/>
+    <col min="42" max="43" width="11.1796875" customWidth="1"/>
+    <col min="44" max="44" width="21.54296875" customWidth="1"/>
+    <col min="45" max="45" width="16.81640625" customWidth="1"/>
+    <col min="46" max="46" width="11.1796875" customWidth="1"/>
+    <col min="47" max="47" width="13.54296875" customWidth="1"/>
+    <col min="48" max="49" width="11.1796875" customWidth="1"/>
+    <col min="50" max="68" width="12.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:68" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
-[...7 lines deleted...]
-      <c r="E2" s="98" t="s">
+    <row r="1" spans="1:68" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:68" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="96" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="96"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="92" t="s">
         <v>59</v>
       </c>
-      <c r="F2" s="98"/>
-[...9 lines deleted...]
-      <c r="G3" s="98"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+    </row>
+    <row r="3" spans="1:68" s="3" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="96"/>
+      <c r="B3" s="96"/>
+      <c r="C3" s="96"/>
+      <c r="D3" s="96"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
       <c r="H3" s="23" t="s">
         <v>51</v>
       </c>
       <c r="I3" s="21"/>
       <c r="J3" s="21"/>
       <c r="K3" s="21"/>
       <c r="L3" s="21"/>
       <c r="M3" s="21"/>
       <c r="N3" s="21"/>
       <c r="O3" s="21"/>
       <c r="P3" s="21"/>
     </row>
-    <row r="4" spans="1:68" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G4" s="99"/>
+    <row r="4" spans="1:68" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="96"/>
+      <c r="B4" s="96"/>
+      <c r="C4" s="96"/>
+      <c r="D4" s="96"/>
+      <c r="E4" s="93"/>
+      <c r="F4" s="93"/>
+      <c r="G4" s="93"/>
       <c r="T4" s="4"/>
       <c r="U4" s="4"/>
       <c r="V4" s="4"/>
       <c r="AO4" s="5"/>
       <c r="AP4" s="4"/>
       <c r="AQ4" s="4"/>
       <c r="AR4" s="4"/>
       <c r="AS4" s="4"/>
       <c r="AT4" s="4"/>
       <c r="AU4" s="4"/>
       <c r="AV4" s="4"/>
       <c r="AW4" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:68" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:68" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
-      <c r="B5" s="87" t="s">
+      <c r="B5" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="88"/>
-[...1 lines deleted...]
-      <c r="E5" s="69" t="s">
+      <c r="C5" s="81"/>
+      <c r="D5" s="82"/>
+      <c r="E5" s="83" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="70"/>
-[...1 lines deleted...]
-      <c r="H5" s="87" t="s">
+      <c r="F5" s="84"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="80" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="88"/>
-[...1 lines deleted...]
-      <c r="K5" s="69" t="s">
+      <c r="I5" s="81"/>
+      <c r="J5" s="82"/>
+      <c r="K5" s="83" t="s">
         <v>6</v>
       </c>
-      <c r="L5" s="70"/>
-[...1 lines deleted...]
-      <c r="N5" s="87" t="s">
+      <c r="L5" s="84"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="O5" s="88"/>
-[...1 lines deleted...]
-      <c r="Q5" s="69" t="s">
+      <c r="O5" s="81"/>
+      <c r="P5" s="82"/>
+      <c r="Q5" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="R5" s="70"/>
-[...1 lines deleted...]
-      <c r="T5" s="87" t="s">
+      <c r="R5" s="84"/>
+      <c r="S5" s="85"/>
+      <c r="T5" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="U5" s="88"/>
-[...1 lines deleted...]
-      <c r="W5" s="69" t="s">
+      <c r="U5" s="81"/>
+      <c r="V5" s="82"/>
+      <c r="W5" s="83" t="s">
         <v>10</v>
       </c>
-      <c r="X5" s="70"/>
-[...1 lines deleted...]
-      <c r="Z5" s="87" t="s">
+      <c r="X5" s="84"/>
+      <c r="Y5" s="85"/>
+      <c r="Z5" s="80" t="s">
         <v>11</v>
       </c>
-      <c r="AA5" s="88"/>
-[...1 lines deleted...]
-      <c r="AC5" s="69" t="s">
+      <c r="AA5" s="81"/>
+      <c r="AB5" s="82"/>
+      <c r="AC5" s="83" t="s">
         <v>12</v>
       </c>
-      <c r="AD5" s="70"/>
-[...1 lines deleted...]
-      <c r="AF5" s="84" t="s">
+      <c r="AD5" s="84"/>
+      <c r="AE5" s="85"/>
+      <c r="AF5" s="77" t="s">
         <v>13</v>
       </c>
-      <c r="AG5" s="85"/>
-[...1 lines deleted...]
-      <c r="AI5" s="69" t="s">
+      <c r="AG5" s="78"/>
+      <c r="AH5" s="79"/>
+      <c r="AI5" s="83" t="s">
         <v>14</v>
       </c>
-      <c r="AJ5" s="70"/>
-[...1 lines deleted...]
-      <c r="AL5" s="84" t="s">
+      <c r="AJ5" s="84"/>
+      <c r="AK5" s="85"/>
+      <c r="AL5" s="77" t="s">
         <v>15</v>
       </c>
-      <c r="AM5" s="85"/>
-      <c r="AN5" s="86"/>
+      <c r="AM5" s="78"/>
+      <c r="AN5" s="79"/>
       <c r="AO5" s="7"/>
       <c r="AP5" s="3"/>
       <c r="AQ5" s="3"/>
       <c r="AR5" s="3"/>
       <c r="AS5" s="3"/>
       <c r="AT5" s="3"/>
       <c r="AU5" s="3"/>
       <c r="AV5" s="3"/>
       <c r="AW5" s="3"/>
       <c r="BH5"/>
       <c r="BI5"/>
       <c r="BJ5"/>
       <c r="BK5"/>
       <c r="BL5"/>
       <c r="BM5"/>
       <c r="BN5"/>
       <c r="BO5"/>
       <c r="BP5"/>
     </row>
-    <row r="6" spans="1:68" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="82" t="s">
+    <row r="6" spans="1:68" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="73" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="78" t="s">
+      <c r="B6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="67" t="s">
+      <c r="C6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="76" t="s">
+      <c r="D6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="E6" s="72" t="s">
+      <c r="E6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="F6" s="74" t="s">
+      <c r="F6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="92" t="s">
+      <c r="G6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="H6" s="78" t="s">
+      <c r="H6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="I6" s="67" t="s">
+      <c r="I6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="J6" s="76" t="s">
+      <c r="J6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="K6" s="72" t="s">
+      <c r="K6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="L6" s="74" t="s">
+      <c r="L6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="M6" s="92" t="s">
+      <c r="M6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="N6" s="78" t="s">
+      <c r="N6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="O6" s="67" t="s">
+      <c r="O6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="P6" s="76" t="s">
+      <c r="P6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="Q6" s="72" t="s">
+      <c r="Q6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="R6" s="74" t="s">
+      <c r="R6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="S6" s="80" t="s">
+      <c r="S6" s="67" t="s">
         <v>18</v>
       </c>
-      <c r="T6" s="78" t="s">
+      <c r="T6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="U6" s="67" t="s">
+      <c r="U6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="V6" s="76" t="s">
+      <c r="V6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="W6" s="72" t="s">
+      <c r="W6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="X6" s="74" t="s">
+      <c r="X6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="Y6" s="92" t="s">
+      <c r="Y6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="Z6" s="78" t="s">
+      <c r="Z6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="67" t="s">
+      <c r="AA6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="AB6" s="76" t="s">
+      <c r="AB6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="AC6" s="72" t="s">
+      <c r="AC6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="AD6" s="74" t="s">
+      <c r="AD6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="AE6" s="92" t="s">
+      <c r="AE6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="AF6" s="94" t="s">
+      <c r="AF6" s="88" t="s">
         <v>20</v>
       </c>
-      <c r="AG6" s="96" t="s">
+      <c r="AG6" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="AH6" s="90" t="s">
+      <c r="AH6" s="86" t="s">
         <v>18</v>
       </c>
-      <c r="AI6" s="72" t="s">
+      <c r="AI6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="AJ6" s="74" t="s">
+      <c r="AJ6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="AK6" s="92" t="s">
+      <c r="AK6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="AL6" s="94" t="s">
+      <c r="AL6" s="88" t="s">
         <v>20</v>
       </c>
-      <c r="AM6" s="96" t="s">
+      <c r="AM6" s="90" t="s">
         <v>17</v>
       </c>
-      <c r="AN6" s="90" t="s">
+      <c r="AN6" s="86" t="s">
         <v>18</v>
       </c>
       <c r="AO6" s="8"/>
       <c r="AP6" s="3"/>
       <c r="AQ6" s="3"/>
       <c r="AR6" s="3"/>
       <c r="AS6" s="3"/>
       <c r="AT6" s="3"/>
       <c r="AU6" s="3"/>
       <c r="AV6" s="3"/>
       <c r="AW6" s="3"/>
       <c r="BH6"/>
       <c r="BI6"/>
       <c r="BJ6"/>
       <c r="BK6"/>
       <c r="BL6"/>
       <c r="BM6"/>
       <c r="BN6"/>
       <c r="BO6"/>
       <c r="BP6"/>
     </row>
-    <row r="7" spans="1:68" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-      <c r="AN7" s="91"/>
+    <row r="7" spans="1:68" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="74"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="66"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="72"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="66"/>
+      <c r="J7" s="62"/>
+      <c r="K7" s="70"/>
+      <c r="L7" s="72"/>
+      <c r="M7" s="76"/>
+      <c r="N7" s="64"/>
+      <c r="O7" s="66"/>
+      <c r="P7" s="62"/>
+      <c r="Q7" s="70"/>
+      <c r="R7" s="72"/>
+      <c r="S7" s="68"/>
+      <c r="T7" s="64"/>
+      <c r="U7" s="66"/>
+      <c r="V7" s="62"/>
+      <c r="W7" s="70"/>
+      <c r="X7" s="72"/>
+      <c r="Y7" s="76"/>
+      <c r="Z7" s="64"/>
+      <c r="AA7" s="66"/>
+      <c r="AB7" s="62"/>
+      <c r="AC7" s="70"/>
+      <c r="AD7" s="72"/>
+      <c r="AE7" s="76"/>
+      <c r="AF7" s="89"/>
+      <c r="AG7" s="91"/>
+      <c r="AH7" s="87"/>
+      <c r="AI7" s="70"/>
+      <c r="AJ7" s="72"/>
+      <c r="AK7" s="76"/>
+      <c r="AL7" s="89"/>
+      <c r="AM7" s="91"/>
+      <c r="AN7" s="87"/>
       <c r="AO7" s="8"/>
       <c r="AP7" s="7"/>
       <c r="AQ7" s="7"/>
       <c r="AR7" s="7"/>
       <c r="AS7" s="7"/>
       <c r="AT7" s="7"/>
       <c r="AU7" s="7"/>
       <c r="AV7" s="7"/>
       <c r="AW7" s="7"/>
       <c r="AX7" s="7"/>
       <c r="AY7" s="7"/>
       <c r="AZ7" s="7"/>
       <c r="BA7" s="7"/>
       <c r="BB7" s="7"/>
       <c r="BC7" s="7"/>
       <c r="BD7" s="7"/>
       <c r="BE7" s="7"/>
       <c r="BF7" s="7"/>
       <c r="BG7" s="7"/>
     </row>
-    <row r="8" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A8" s="13">
         <v>43555</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="9"/>
       <c r="D8" s="27"/>
       <c r="E8" s="32">
         <v>43590</v>
       </c>
       <c r="F8" s="15">
         <v>43619</v>
       </c>
       <c r="G8" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="14"/>
       <c r="I8" s="9"/>
       <c r="J8" s="27"/>
       <c r="K8" s="32">
         <v>43632</v>
       </c>
       <c r="L8" s="15">
         <f>K8+28</f>
         <v>43660</v>
       </c>
@@ -2516,51 +2523,51 @@
         <v>0</v>
       </c>
       <c r="AL8" s="14"/>
       <c r="AM8" s="9"/>
       <c r="AN8" s="27"/>
       <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
       <c r="AR8" s="7"/>
       <c r="AS8" s="7"/>
       <c r="AT8" s="7"/>
       <c r="AU8" s="7"/>
       <c r="AV8" s="7"/>
       <c r="AW8" s="7"/>
       <c r="AX8" s="7"/>
       <c r="AY8" s="7"/>
       <c r="AZ8" s="7"/>
       <c r="BA8" s="7"/>
       <c r="BB8" s="7"/>
       <c r="BC8" s="7"/>
       <c r="BD8" s="7"/>
       <c r="BE8" s="7"/>
       <c r="BF8" s="7"/>
       <c r="BG8" s="7"/>
     </row>
-    <row r="9" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A9" s="13">
         <v>43646</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="9"/>
       <c r="D9" s="27"/>
       <c r="E9" s="32">
         <v>43681</v>
       </c>
       <c r="F9" s="15">
         <v>43710</v>
       </c>
       <c r="G9" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H9" s="14"/>
       <c r="I9" s="9"/>
       <c r="J9" s="27"/>
       <c r="K9" s="32">
         <v>43723</v>
       </c>
       <c r="L9" s="15">
         <f t="shared" ref="L9:L18" si="0">K9+28</f>
         <v>43751</v>
       </c>
@@ -2618,51 +2625,51 @@
         <v>0</v>
       </c>
       <c r="AL9" s="14"/>
       <c r="AM9" s="9"/>
       <c r="AN9" s="27"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="7"/>
       <c r="AQ9" s="7"/>
       <c r="AR9" s="7"/>
       <c r="AS9" s="7"/>
       <c r="AT9" s="7"/>
       <c r="AU9" s="7"/>
       <c r="AV9" s="7"/>
       <c r="AW9" s="7"/>
       <c r="AX9" s="7"/>
       <c r="AY9" s="7"/>
       <c r="AZ9" s="7"/>
       <c r="BA9" s="7"/>
       <c r="BB9" s="7"/>
       <c r="BC9" s="7"/>
       <c r="BD9" s="7"/>
       <c r="BE9" s="7"/>
       <c r="BF9" s="7"/>
       <c r="BG9" s="7"/>
     </row>
-    <row r="10" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A10" s="13">
         <v>43738</v>
       </c>
       <c r="B10" s="14"/>
       <c r="C10" s="9"/>
       <c r="D10" s="27"/>
       <c r="E10" s="32">
         <v>43773</v>
       </c>
       <c r="F10" s="15">
         <v>43801</v>
       </c>
       <c r="G10" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H10" s="14"/>
       <c r="I10" s="9"/>
       <c r="J10" s="27"/>
       <c r="K10" s="32">
         <v>43815</v>
       </c>
       <c r="L10" s="15">
         <f t="shared" si="0"/>
         <v>43843</v>
       </c>
@@ -2720,51 +2727,51 @@
         <v>0</v>
       </c>
       <c r="AL10" s="14"/>
       <c r="AM10" s="9"/>
       <c r="AN10" s="27"/>
       <c r="AO10" s="7"/>
       <c r="AP10" s="7"/>
       <c r="AQ10" s="7"/>
       <c r="AR10" s="7"/>
       <c r="AS10" s="7"/>
       <c r="AT10" s="7"/>
       <c r="AU10" s="7"/>
       <c r="AV10" s="7"/>
       <c r="AW10" s="7"/>
       <c r="AX10" s="7"/>
       <c r="AY10" s="7"/>
       <c r="AZ10" s="7"/>
       <c r="BA10" s="7"/>
       <c r="BB10" s="7"/>
       <c r="BC10" s="7"/>
       <c r="BD10" s="7"/>
       <c r="BE10" s="7"/>
       <c r="BF10" s="7"/>
       <c r="BG10" s="7"/>
     </row>
-    <row r="11" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A11" s="11">
         <v>43830</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="28" t="s">
         <v>1</v>
       </c>
       <c r="E11" s="34">
         <v>43865</v>
       </c>
       <c r="F11" s="18">
         <v>43892</v>
       </c>
       <c r="G11" s="35" t="s">
         <v>1</v>
       </c>
       <c r="H11" s="16" t="s">
         <v>36</v>
       </c>
       <c r="I11" s="12" t="s">
@@ -2864,51 +2871,51 @@
         <v>44012</v>
       </c>
       <c r="AN11" s="28" t="s">
         <v>1</v>
       </c>
       <c r="AO11" s="7"/>
       <c r="AP11" s="7"/>
       <c r="AQ11" s="7"/>
       <c r="AR11" s="7"/>
       <c r="AS11" s="7"/>
       <c r="AT11" s="7"/>
       <c r="AU11" s="7"/>
       <c r="AV11" s="7"/>
       <c r="AW11" s="7"/>
       <c r="AX11" s="7"/>
       <c r="AY11" s="7"/>
       <c r="AZ11" s="7"/>
       <c r="BA11" s="7"/>
       <c r="BB11" s="7"/>
       <c r="BC11" s="7"/>
       <c r="BD11" s="7"/>
       <c r="BE11" s="7"/>
       <c r="BF11" s="7"/>
       <c r="BG11" s="7"/>
     </row>
-    <row r="12" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A12" s="13">
         <v>43921</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="9"/>
       <c r="D12" s="27"/>
       <c r="E12" s="32" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="G12" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H12" s="14"/>
       <c r="I12" s="9"/>
       <c r="J12" s="27"/>
       <c r="K12" s="32" t="s">
         <v>40</v>
       </c>
       <c r="L12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="M12" s="33" t="s">
@@ -2966,51 +2973,51 @@
         <v>1</v>
       </c>
       <c r="AL12" s="14"/>
       <c r="AM12" s="9"/>
       <c r="AN12" s="27"/>
       <c r="AO12" s="7"/>
       <c r="AP12" s="7"/>
       <c r="AQ12" s="7"/>
       <c r="AR12" s="7"/>
       <c r="AS12" s="7"/>
       <c r="AT12" s="7"/>
       <c r="AU12" s="7"/>
       <c r="AV12" s="7"/>
       <c r="AW12" s="7"/>
       <c r="AX12" s="7"/>
       <c r="AY12" s="7"/>
       <c r="AZ12" s="7"/>
       <c r="BA12" s="7"/>
       <c r="BB12" s="7"/>
       <c r="BC12" s="7"/>
       <c r="BD12" s="7"/>
       <c r="BE12" s="7"/>
       <c r="BF12" s="7"/>
       <c r="BG12" s="7"/>
     </row>
-    <row r="13" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A13" s="13">
         <v>44012</v>
       </c>
       <c r="B13" s="14"/>
       <c r="C13" s="9"/>
       <c r="D13" s="27"/>
       <c r="E13" s="32">
         <v>44047</v>
       </c>
       <c r="F13" s="15">
         <v>44076</v>
       </c>
       <c r="G13" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H13" s="14"/>
       <c r="I13" s="9"/>
       <c r="J13" s="27"/>
       <c r="K13" s="32">
         <v>44089</v>
       </c>
       <c r="L13" s="15">
         <f t="shared" si="0"/>
         <v>44117</v>
       </c>
@@ -3068,51 +3075,51 @@
         <v>1</v>
       </c>
       <c r="AL13" s="14"/>
       <c r="AM13" s="9"/>
       <c r="AN13" s="27"/>
       <c r="AO13" s="7"/>
       <c r="AP13" s="7"/>
       <c r="AQ13" s="7"/>
       <c r="AR13" s="7"/>
       <c r="AS13" s="7"/>
       <c r="AT13" s="7"/>
       <c r="AU13" s="7"/>
       <c r="AV13" s="7"/>
       <c r="AW13" s="7"/>
       <c r="AX13" s="7"/>
       <c r="AY13" s="7"/>
       <c r="AZ13" s="7"/>
       <c r="BA13" s="7"/>
       <c r="BB13" s="7"/>
       <c r="BC13" s="7"/>
       <c r="BD13" s="7"/>
       <c r="BE13" s="7"/>
       <c r="BF13" s="7"/>
       <c r="BG13" s="7"/>
     </row>
-    <row r="14" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A14" s="13">
         <v>44104</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="9"/>
       <c r="D14" s="27"/>
       <c r="E14" s="32">
         <v>44139</v>
       </c>
       <c r="F14" s="15">
         <v>44167</v>
       </c>
       <c r="G14" s="33" t="s">
         <v>1</v>
       </c>
       <c r="H14" s="14"/>
       <c r="I14" s="9"/>
       <c r="J14" s="27"/>
       <c r="K14" s="32">
         <v>44181</v>
       </c>
       <c r="L14" s="15">
         <f t="shared" si="0"/>
         <v>44209</v>
       </c>
@@ -3170,51 +3177,51 @@
         <v>1</v>
       </c>
       <c r="AL14" s="14"/>
       <c r="AM14" s="9"/>
       <c r="AN14" s="27"/>
       <c r="AO14" s="7"/>
       <c r="AP14" s="7"/>
       <c r="AQ14" s="7"/>
       <c r="AR14" s="7"/>
       <c r="AS14" s="7"/>
       <c r="AT14" s="7"/>
       <c r="AU14" s="7"/>
       <c r="AV14" s="7"/>
       <c r="AW14" s="7"/>
       <c r="AX14" s="7"/>
       <c r="AY14" s="7"/>
       <c r="AZ14" s="7"/>
       <c r="BA14" s="7"/>
       <c r="BB14" s="7"/>
       <c r="BC14" s="7"/>
       <c r="BD14" s="7"/>
       <c r="BE14" s="7"/>
       <c r="BF14" s="7"/>
       <c r="BG14" s="7"/>
     </row>
-    <row r="15" spans="1:68" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:68" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="19">
         <v>44196</v>
       </c>
       <c r="B15" s="14">
         <v>44294</v>
       </c>
       <c r="C15" s="9">
         <v>44321</v>
       </c>
       <c r="D15" s="27" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="32">
         <v>44231</v>
       </c>
       <c r="F15" s="15">
         <v>44258</v>
       </c>
       <c r="G15" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="14">
         <v>44335</v>
       </c>
       <c r="I15" s="9">
@@ -3314,51 +3321,51 @@
         <v>43956</v>
       </c>
       <c r="AN15" s="27" t="s">
         <v>22</v>
       </c>
       <c r="AO15" s="7"/>
       <c r="AP15" s="7"/>
       <c r="AQ15" s="7"/>
       <c r="AR15" s="7"/>
       <c r="AS15" s="7"/>
       <c r="AT15" s="7"/>
       <c r="AU15" s="7"/>
       <c r="AV15" s="7"/>
       <c r="AW15" s="7"/>
       <c r="AX15" s="7"/>
       <c r="AY15" s="7"/>
       <c r="AZ15" s="7"/>
       <c r="BA15" s="7"/>
       <c r="BB15" s="7"/>
       <c r="BC15" s="7"/>
       <c r="BD15" s="7"/>
       <c r="BE15" s="7"/>
       <c r="BF15" s="7"/>
       <c r="BG15" s="7"/>
     </row>
-    <row r="16" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:68" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A16" s="13">
         <v>44286</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="25"/>
       <c r="D16" s="26"/>
       <c r="E16" s="29">
         <v>44321</v>
       </c>
       <c r="F16" s="30">
         <f>E16+28</f>
         <v>44349</v>
       </c>
       <c r="G16" s="31" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="24"/>
       <c r="I16" s="25"/>
       <c r="J16" s="26"/>
       <c r="K16" s="29">
         <v>44363</v>
       </c>
       <c r="L16" s="30">
         <f t="shared" si="0"/>
         <v>44391</v>
@@ -3417,51 +3424,51 @@
         <v>22</v>
       </c>
       <c r="AL16" s="24"/>
       <c r="AM16" s="25"/>
       <c r="AN16" s="26"/>
       <c r="AO16" s="7"/>
       <c r="AP16" s="7"/>
       <c r="AQ16" s="7"/>
       <c r="AR16" s="7"/>
       <c r="AS16" s="7"/>
       <c r="AT16" s="7"/>
       <c r="AU16" s="7"/>
       <c r="AV16" s="7"/>
       <c r="AW16" s="7"/>
       <c r="AX16" s="7"/>
       <c r="AY16" s="7"/>
       <c r="AZ16" s="7"/>
       <c r="BA16" s="7"/>
       <c r="BB16" s="7"/>
       <c r="BC16" s="7"/>
       <c r="BD16" s="7"/>
       <c r="BE16" s="7"/>
       <c r="BF16" s="7"/>
       <c r="BG16" s="7"/>
     </row>
-    <row r="17" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="13">
         <v>44377</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="9"/>
       <c r="D17" s="27"/>
       <c r="E17" s="32">
         <f t="shared" ref="E17:E27" si="4">E13+365</f>
         <v>44412</v>
       </c>
       <c r="F17" s="15">
         <f t="shared" ref="F17:F18" si="5">E17+28</f>
         <v>44440</v>
       </c>
       <c r="G17" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="14"/>
       <c r="I17" s="9"/>
       <c r="J17" s="27"/>
       <c r="K17" s="32">
         <f t="shared" ref="K17:K26" si="6">K13+365</f>
         <v>44454</v>
       </c>
       <c r="L17" s="15">
@@ -3524,51 +3531,51 @@
         <v>22</v>
       </c>
       <c r="AL17" s="14"/>
       <c r="AM17" s="9"/>
       <c r="AN17" s="27"/>
       <c r="AO17" s="7"/>
       <c r="AP17" s="7"/>
       <c r="AQ17" s="7"/>
       <c r="AR17" s="7"/>
       <c r="AS17" s="7"/>
       <c r="AT17" s="7"/>
       <c r="AU17" s="7"/>
       <c r="AV17" s="7"/>
       <c r="AW17" s="7"/>
       <c r="AX17" s="7"/>
       <c r="AY17" s="7"/>
       <c r="AZ17" s="7"/>
       <c r="BA17" s="7"/>
       <c r="BB17" s="7"/>
       <c r="BC17" s="7"/>
       <c r="BD17" s="7"/>
       <c r="BE17" s="7"/>
       <c r="BF17" s="7"/>
       <c r="BG17" s="7"/>
     </row>
-    <row r="18" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A18" s="13">
         <v>44469</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="9"/>
       <c r="D18" s="27"/>
       <c r="E18" s="32">
         <f t="shared" si="4"/>
         <v>44504</v>
       </c>
       <c r="F18" s="15">
         <f t="shared" si="5"/>
         <v>44532</v>
       </c>
       <c r="G18" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="14"/>
       <c r="I18" s="9"/>
       <c r="J18" s="27"/>
       <c r="K18" s="32">
         <f t="shared" si="6"/>
         <v>44546</v>
       </c>
       <c r="L18" s="15">
@@ -3631,51 +3638,51 @@
         <v>22</v>
       </c>
       <c r="AL18" s="14"/>
       <c r="AM18" s="9"/>
       <c r="AN18" s="27"/>
       <c r="AO18" s="7"/>
       <c r="AP18" s="7"/>
       <c r="AQ18" s="7"/>
       <c r="AR18" s="7"/>
       <c r="AS18" s="7"/>
       <c r="AT18" s="7"/>
       <c r="AU18" s="7"/>
       <c r="AV18" s="7"/>
       <c r="AW18" s="7"/>
       <c r="AX18" s="7"/>
       <c r="AY18" s="7"/>
       <c r="AZ18" s="7"/>
       <c r="BA18" s="7"/>
       <c r="BB18" s="7"/>
       <c r="BC18" s="7"/>
       <c r="BD18" s="7"/>
       <c r="BE18" s="7"/>
       <c r="BF18" s="7"/>
       <c r="BG18" s="7"/>
     </row>
-    <row r="19" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="19">
         <v>44561</v>
       </c>
       <c r="B19" s="16">
         <f>B15+365</f>
         <v>44659</v>
       </c>
       <c r="C19" s="12">
         <f>C15+365</f>
         <v>44686</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="34">
         <f t="shared" si="4"/>
         <v>44596</v>
       </c>
       <c r="F19" s="18">
         <f>E19+14</f>
         <v>44610</v>
       </c>
       <c r="G19" s="35" t="s">
         <v>23</v>
       </c>
@@ -3787,51 +3794,51 @@
         <v>44660</v>
       </c>
       <c r="AN19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="AO19" s="7"/>
       <c r="AP19" s="7"/>
       <c r="AQ19" s="7"/>
       <c r="AR19" s="7"/>
       <c r="AS19" s="7"/>
       <c r="AT19" s="7"/>
       <c r="AU19" s="7"/>
       <c r="AV19" s="7"/>
       <c r="AW19" s="7"/>
       <c r="AX19" s="7"/>
       <c r="AY19" s="7"/>
       <c r="AZ19" s="7"/>
       <c r="BA19" s="7"/>
       <c r="BB19" s="7"/>
       <c r="BC19" s="7"/>
       <c r="BD19" s="7"/>
       <c r="BE19" s="7"/>
       <c r="BF19" s="7"/>
       <c r="BG19" s="7"/>
     </row>
-    <row r="20" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A20" s="13">
         <v>44651</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="9"/>
       <c r="D20" s="27"/>
       <c r="E20" s="32">
         <f t="shared" si="4"/>
         <v>44686</v>
       </c>
       <c r="F20" s="15">
         <f t="shared" ref="F20:F23" si="9">E20+14</f>
         <v>44700</v>
       </c>
       <c r="G20" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="14"/>
       <c r="I20" s="9"/>
       <c r="J20" s="27"/>
       <c r="K20" s="32">
         <f t="shared" si="6"/>
         <v>44728</v>
       </c>
       <c r="L20" s="15">
@@ -3892,51 +3899,51 @@
         <v>23</v>
       </c>
       <c r="AL20" s="14"/>
       <c r="AM20" s="9"/>
       <c r="AN20" s="27"/>
       <c r="AO20" s="7"/>
       <c r="AP20" s="7"/>
       <c r="AQ20" s="7"/>
       <c r="AR20" s="7"/>
       <c r="AS20" s="7"/>
       <c r="AT20" s="7"/>
       <c r="AU20" s="7"/>
       <c r="AV20" s="7"/>
       <c r="AW20" s="7"/>
       <c r="AX20" s="7"/>
       <c r="AY20" s="7"/>
       <c r="AZ20" s="7"/>
       <c r="BA20" s="7"/>
       <c r="BB20" s="7"/>
       <c r="BC20" s="7"/>
       <c r="BD20" s="7"/>
       <c r="BE20" s="7"/>
       <c r="BF20" s="7"/>
       <c r="BG20" s="7"/>
     </row>
-    <row r="21" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A21" s="13">
         <v>44742</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="9"/>
       <c r="D21" s="27"/>
       <c r="E21" s="32">
         <f t="shared" si="4"/>
         <v>44777</v>
       </c>
       <c r="F21" s="15">
         <f t="shared" si="9"/>
         <v>44791</v>
       </c>
       <c r="G21" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="14"/>
       <c r="I21" s="9"/>
       <c r="J21" s="27"/>
       <c r="K21" s="32">
         <f t="shared" si="6"/>
         <v>44819</v>
       </c>
       <c r="L21" s="15">
@@ -3999,51 +4006,51 @@
         <v>23</v>
       </c>
       <c r="AL21" s="14"/>
       <c r="AM21" s="9"/>
       <c r="AN21" s="27"/>
       <c r="AO21" s="7"/>
       <c r="AP21" s="7"/>
       <c r="AQ21" s="7"/>
       <c r="AR21" s="7"/>
       <c r="AS21" s="7"/>
       <c r="AT21" s="7"/>
       <c r="AU21" s="7"/>
       <c r="AV21" s="7"/>
       <c r="AW21" s="7"/>
       <c r="AX21" s="7"/>
       <c r="AY21" s="7"/>
       <c r="AZ21" s="7"/>
       <c r="BA21" s="7"/>
       <c r="BB21" s="7"/>
       <c r="BC21" s="7"/>
       <c r="BD21" s="7"/>
       <c r="BE21" s="7"/>
       <c r="BF21" s="7"/>
       <c r="BG21" s="7"/>
     </row>
-    <row r="22" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A22" s="13">
         <v>44834</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="9"/>
       <c r="D22" s="27"/>
       <c r="E22" s="32">
         <f t="shared" si="4"/>
         <v>44869</v>
       </c>
       <c r="F22" s="15">
         <f t="shared" si="9"/>
         <v>44883</v>
       </c>
       <c r="G22" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="14"/>
       <c r="I22" s="9"/>
       <c r="J22" s="27"/>
       <c r="K22" s="32">
         <f t="shared" si="6"/>
         <v>44911</v>
       </c>
       <c r="L22" s="15">
@@ -4106,51 +4113,51 @@
         <v>23</v>
       </c>
       <c r="AL22" s="14"/>
       <c r="AM22" s="9"/>
       <c r="AN22" s="27"/>
       <c r="AO22" s="7"/>
       <c r="AP22" s="7"/>
       <c r="AQ22" s="7"/>
       <c r="AR22" s="7"/>
       <c r="AS22" s="7"/>
       <c r="AT22" s="7"/>
       <c r="AU22" s="7"/>
       <c r="AV22" s="7"/>
       <c r="AW22" s="7"/>
       <c r="AX22" s="7"/>
       <c r="AY22" s="7"/>
       <c r="AZ22" s="7"/>
       <c r="BA22" s="7"/>
       <c r="BB22" s="7"/>
       <c r="BC22" s="7"/>
       <c r="BD22" s="7"/>
       <c r="BE22" s="7"/>
       <c r="BF22" s="7"/>
       <c r="BG22" s="7"/>
     </row>
-    <row r="23" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="19">
         <v>44926</v>
       </c>
       <c r="B23" s="16">
         <f>B19+365</f>
         <v>45024</v>
       </c>
       <c r="C23" s="12">
         <f>C19+365</f>
         <v>45051</v>
       </c>
       <c r="D23" s="28" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="34">
         <f t="shared" si="4"/>
         <v>44961</v>
       </c>
       <c r="F23" s="18">
         <f t="shared" si="9"/>
         <v>44975</v>
       </c>
       <c r="G23" s="35" t="s">
         <v>24</v>
       </c>
@@ -4259,51 +4266,51 @@
       </c>
       <c r="AM23" s="39"/>
       <c r="AN23" s="28" t="s">
         <v>24</v>
       </c>
       <c r="AO23" s="7"/>
       <c r="AP23" s="7"/>
       <c r="AQ23" s="7"/>
       <c r="AR23" s="7"/>
       <c r="AS23" s="7"/>
       <c r="AT23" s="7"/>
       <c r="AU23" s="7"/>
       <c r="AV23" s="7"/>
       <c r="AW23" s="7"/>
       <c r="AX23" s="7"/>
       <c r="AY23" s="7"/>
       <c r="AZ23" s="7"/>
       <c r="BA23" s="7"/>
       <c r="BB23" s="7"/>
       <c r="BC23" s="7"/>
       <c r="BD23" s="7"/>
       <c r="BE23" s="7"/>
       <c r="BF23" s="7"/>
       <c r="BG23" s="7"/>
     </row>
-    <row r="24" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A24" s="13">
         <v>45016</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="9"/>
       <c r="D24" s="27"/>
       <c r="E24" s="32">
         <f t="shared" si="4"/>
         <v>45051</v>
       </c>
       <c r="F24" s="15">
         <f t="shared" ref="F24:F26" si="11">E24+14</f>
         <v>45065</v>
       </c>
       <c r="G24" s="33" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="14"/>
       <c r="I24" s="9"/>
       <c r="J24" s="27"/>
       <c r="K24" s="32">
         <f t="shared" si="6"/>
         <v>45093</v>
       </c>
       <c r="L24" s="15">
@@ -4368,51 +4375,51 @@
         <v>24</v>
       </c>
       <c r="AL24" s="14"/>
       <c r="AM24" s="9"/>
       <c r="AN24" s="27"/>
       <c r="AO24" s="7"/>
       <c r="AP24" s="7"/>
       <c r="AQ24" s="7"/>
       <c r="AR24" s="7"/>
       <c r="AS24" s="7"/>
       <c r="AT24" s="7"/>
       <c r="AU24" s="7"/>
       <c r="AV24" s="7"/>
       <c r="AW24" s="7"/>
       <c r="AX24" s="7"/>
       <c r="AY24" s="7"/>
       <c r="AZ24" s="7"/>
       <c r="BA24" s="7"/>
       <c r="BB24" s="7"/>
       <c r="BC24" s="7"/>
       <c r="BD24" s="7"/>
       <c r="BE24" s="7"/>
       <c r="BF24" s="7"/>
       <c r="BG24" s="7"/>
     </row>
-    <row r="25" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A25" s="13">
         <v>45107</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="9"/>
       <c r="D25" s="27"/>
       <c r="E25" s="32">
         <f t="shared" si="4"/>
         <v>45142</v>
       </c>
       <c r="F25" s="15">
         <f t="shared" si="11"/>
         <v>45156</v>
       </c>
       <c r="G25" s="33" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="14"/>
       <c r="I25" s="9"/>
       <c r="J25" s="27"/>
       <c r="K25" s="32">
         <f t="shared" si="6"/>
         <v>45184</v>
       </c>
       <c r="L25" s="15">
@@ -4477,51 +4484,51 @@
         <v>24</v>
       </c>
       <c r="AL25" s="14"/>
       <c r="AM25" s="9"/>
       <c r="AN25" s="27"/>
       <c r="AO25" s="7"/>
       <c r="AP25" s="7"/>
       <c r="AQ25" s="7"/>
       <c r="AR25" s="7"/>
       <c r="AS25" s="7"/>
       <c r="AT25" s="7"/>
       <c r="AU25" s="7"/>
       <c r="AV25" s="7"/>
       <c r="AW25" s="7"/>
       <c r="AX25" s="7"/>
       <c r="AY25" s="7"/>
       <c r="AZ25" s="7"/>
       <c r="BA25" s="7"/>
       <c r="BB25" s="7"/>
       <c r="BC25" s="7"/>
       <c r="BD25" s="7"/>
       <c r="BE25" s="7"/>
       <c r="BF25" s="7"/>
       <c r="BG25" s="7"/>
     </row>
-    <row r="26" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:59" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A26" s="13">
         <v>45199</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="9"/>
       <c r="D26" s="27"/>
       <c r="E26" s="32">
         <f t="shared" si="4"/>
         <v>45234</v>
       </c>
       <c r="F26" s="15">
         <f t="shared" si="11"/>
         <v>45248</v>
       </c>
       <c r="G26" s="33" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="14"/>
       <c r="I26" s="9"/>
       <c r="J26" s="27"/>
       <c r="K26" s="32">
         <f t="shared" si="6"/>
         <v>45276</v>
       </c>
       <c r="L26" s="15">
@@ -4586,51 +4593,51 @@
         <v>24</v>
       </c>
       <c r="AL26" s="14"/>
       <c r="AM26" s="9"/>
       <c r="AN26" s="27"/>
       <c r="AO26" s="7"/>
       <c r="AP26" s="7"/>
       <c r="AQ26" s="7"/>
       <c r="AR26" s="7"/>
       <c r="AS26" s="7"/>
       <c r="AT26" s="7"/>
       <c r="AU26" s="7"/>
       <c r="AV26" s="7"/>
       <c r="AW26" s="7"/>
       <c r="AX26" s="7"/>
       <c r="AY26" s="7"/>
       <c r="AZ26" s="7"/>
       <c r="BA26" s="7"/>
       <c r="BB26" s="7"/>
       <c r="BC26" s="7"/>
       <c r="BD26" s="7"/>
       <c r="BE26" s="7"/>
       <c r="BF26" s="7"/>
       <c r="BG26" s="7"/>
     </row>
-    <row r="27" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:59" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="19">
         <v>45291</v>
       </c>
       <c r="B27" s="16">
         <v>45390</v>
       </c>
       <c r="C27" s="12">
         <v>45418</v>
       </c>
       <c r="D27" s="28" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="34">
         <f t="shared" si="4"/>
         <v>45326</v>
       </c>
       <c r="F27" s="18">
         <v>45341</v>
       </c>
       <c r="G27" s="35" t="s">
         <v>42</v>
       </c>
       <c r="H27" s="16">
         <v>45431</v>
       </c>
@@ -4715,51 +4722,51 @@
       </c>
       <c r="AM27" s="39"/>
       <c r="AN27" s="28" t="s">
         <v>42</v>
       </c>
       <c r="AO27" s="7"/>
       <c r="AP27" s="7"/>
       <c r="AQ27" s="7"/>
       <c r="AR27" s="7"/>
       <c r="AS27" s="7"/>
       <c r="AT27" s="7"/>
       <c r="AU27" s="7"/>
       <c r="AV27" s="7"/>
       <c r="AW27" s="7"/>
       <c r="AX27" s="7"/>
       <c r="AY27" s="7"/>
       <c r="AZ27" s="7"/>
       <c r="BA27" s="7"/>
       <c r="BB27" s="7"/>
       <c r="BC27" s="7"/>
       <c r="BD27" s="7"/>
       <c r="BE27" s="7"/>
       <c r="BF27" s="7"/>
       <c r="BG27" s="7"/>
     </row>
-    <row r="28" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="13">
         <f>A24+366</f>
         <v>45382</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="9"/>
       <c r="D28" s="27"/>
       <c r="E28" s="32">
         <f>E24+366</f>
         <v>45417</v>
       </c>
       <c r="F28" s="15">
         <v>45433</v>
       </c>
       <c r="G28" s="33" t="s">
         <v>42</v>
       </c>
       <c r="H28" s="14"/>
       <c r="I28" s="9"/>
       <c r="J28" s="27"/>
       <c r="K28" s="32">
         <f>K24+366</f>
         <v>45459</v>
       </c>
       <c r="L28" s="15">
@@ -4825,51 +4832,51 @@
         <v>42</v>
       </c>
       <c r="AL28" s="14"/>
       <c r="AM28" s="9"/>
       <c r="AN28" s="27"/>
       <c r="AO28" s="7"/>
       <c r="AP28" s="7"/>
       <c r="AQ28" s="7"/>
       <c r="AR28" s="7"/>
       <c r="AS28" s="7"/>
       <c r="AT28" s="7"/>
       <c r="AU28" s="7"/>
       <c r="AV28" s="7"/>
       <c r="AW28" s="7"/>
       <c r="AX28" s="7"/>
       <c r="AY28" s="7"/>
       <c r="AZ28" s="7"/>
       <c r="BA28" s="7"/>
       <c r="BB28" s="7"/>
       <c r="BC28" s="7"/>
       <c r="BD28" s="7"/>
       <c r="BE28" s="7"/>
       <c r="BF28" s="7"/>
       <c r="BG28" s="7"/>
     </row>
-    <row r="29" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="13">
         <f t="shared" ref="A29:A30" si="19">A25+366</f>
         <v>45473</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="9"/>
       <c r="D29" s="27"/>
       <c r="E29" s="32">
         <f t="shared" ref="E29:E30" si="20">E25+366</f>
         <v>45508</v>
       </c>
       <c r="F29" s="15">
         <v>45523</v>
       </c>
       <c r="G29" s="33" t="s">
         <v>42</v>
       </c>
       <c r="H29" s="14"/>
       <c r="I29" s="9"/>
       <c r="J29" s="27"/>
       <c r="K29" s="32">
         <f t="shared" ref="K29:K30" si="21">K25+366</f>
         <v>45550</v>
       </c>
       <c r="L29" s="15">
@@ -4935,51 +4942,51 @@
         <v>42</v>
       </c>
       <c r="AL29" s="14"/>
       <c r="AM29" s="9"/>
       <c r="AN29" s="27"/>
       <c r="AO29" s="7"/>
       <c r="AP29" s="7"/>
       <c r="AQ29" s="7"/>
       <c r="AR29" s="7"/>
       <c r="AS29" s="7"/>
       <c r="AT29" s="7"/>
       <c r="AU29" s="7"/>
       <c r="AV29" s="7"/>
       <c r="AW29" s="7"/>
       <c r="AX29" s="7"/>
       <c r="AY29" s="7"/>
       <c r="AZ29" s="7"/>
       <c r="BA29" s="7"/>
       <c r="BB29" s="7"/>
       <c r="BC29" s="7"/>
       <c r="BD29" s="7"/>
       <c r="BE29" s="7"/>
       <c r="BF29" s="7"/>
       <c r="BG29" s="7"/>
     </row>
-    <row r="30" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="13">
         <f t="shared" si="19"/>
         <v>45565</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="9"/>
       <c r="D30" s="27"/>
       <c r="E30" s="32">
         <f t="shared" si="20"/>
         <v>45600</v>
       </c>
       <c r="F30" s="15">
         <f t="shared" ref="F30" si="28">E30+14</f>
         <v>45614</v>
       </c>
       <c r="G30" s="33" t="s">
         <v>42</v>
       </c>
       <c r="H30" s="14"/>
       <c r="I30" s="9"/>
       <c r="J30" s="27"/>
       <c r="K30" s="32">
         <f t="shared" si="21"/>
         <v>45642</v>
       </c>
@@ -5046,51 +5053,51 @@
         <v>42</v>
       </c>
       <c r="AL30" s="14"/>
       <c r="AM30" s="9"/>
       <c r="AN30" s="27"/>
       <c r="AO30" s="7"/>
       <c r="AP30" s="7"/>
       <c r="AQ30" s="7"/>
       <c r="AR30" s="7"/>
       <c r="AS30" s="7"/>
       <c r="AT30" s="7"/>
       <c r="AU30" s="7"/>
       <c r="AV30" s="7"/>
       <c r="AW30" s="7"/>
       <c r="AX30" s="7"/>
       <c r="AY30" s="7"/>
       <c r="AZ30" s="7"/>
       <c r="BA30" s="7"/>
       <c r="BB30" s="7"/>
       <c r="BC30" s="7"/>
       <c r="BD30" s="7"/>
       <c r="BE30" s="7"/>
       <c r="BF30" s="7"/>
       <c r="BG30" s="7"/>
     </row>
-    <row r="31" spans="1:59" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:59" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="19">
         <f>A27+366</f>
         <v>45657</v>
       </c>
       <c r="B31" s="16">
         <f>A31+14*7</f>
         <v>45755</v>
       </c>
       <c r="C31" s="12">
         <f>B31+4*7</f>
         <v>45783</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>50</v>
       </c>
       <c r="E31" s="34">
         <f t="shared" ref="E31:E38" si="29">A31+5*7</f>
         <v>45692</v>
       </c>
       <c r="F31" s="18">
         <f t="shared" ref="F31:F38" si="30">E31+2*7</f>
         <v>45706</v>
       </c>
       <c r="G31" s="35" t="s">
         <v>50</v>
@@ -5187,51 +5194,51 @@
       </c>
       <c r="AM31" s="39"/>
       <c r="AN31" s="28" t="s">
         <v>50</v>
       </c>
       <c r="AO31" s="7"/>
       <c r="AP31" s="7"/>
       <c r="AQ31" s="7"/>
       <c r="AR31" s="7"/>
       <c r="AS31" s="7"/>
       <c r="AT31" s="7"/>
       <c r="AU31" s="7"/>
       <c r="AV31" s="7"/>
       <c r="AW31" s="7"/>
       <c r="AX31" s="7"/>
       <c r="AY31" s="7"/>
       <c r="AZ31" s="7"/>
       <c r="BA31" s="7"/>
       <c r="BB31" s="7"/>
       <c r="BC31" s="7"/>
       <c r="BD31" s="7"/>
       <c r="BE31" s="7"/>
       <c r="BF31" s="7"/>
       <c r="BG31" s="7"/>
     </row>
-    <row r="32" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="13">
         <v>45747</v>
       </c>
       <c r="B32" s="14"/>
       <c r="C32" s="9"/>
       <c r="D32" s="27"/>
       <c r="E32" s="38">
         <f t="shared" si="29"/>
         <v>45782</v>
       </c>
       <c r="F32" s="15">
         <f t="shared" si="30"/>
         <v>45796</v>
       </c>
       <c r="G32" s="33" t="s">
         <v>50</v>
       </c>
       <c r="H32" s="14"/>
       <c r="I32" s="9"/>
       <c r="J32" s="27"/>
       <c r="K32" s="38">
         <f t="shared" si="31"/>
         <v>45824</v>
       </c>
       <c r="L32" s="15">
@@ -5298,51 +5305,51 @@
         <v>50</v>
       </c>
       <c r="AL32" s="14"/>
       <c r="AM32" s="9"/>
       <c r="AN32" s="27"/>
       <c r="AO32" s="7"/>
       <c r="AP32" s="7"/>
       <c r="AQ32" s="7"/>
       <c r="AR32" s="7"/>
       <c r="AS32" s="7"/>
       <c r="AT32" s="7"/>
       <c r="AU32" s="7"/>
       <c r="AV32" s="7"/>
       <c r="AW32" s="7"/>
       <c r="AX32" s="7"/>
       <c r="AY32" s="7"/>
       <c r="AZ32" s="7"/>
       <c r="BA32" s="7"/>
       <c r="BB32" s="7"/>
       <c r="BC32" s="7"/>
       <c r="BD32" s="7"/>
       <c r="BE32" s="7"/>
       <c r="BF32" s="7"/>
       <c r="BG32" s="7"/>
     </row>
-    <row r="33" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="13">
         <v>45838</v>
       </c>
       <c r="B33" s="14"/>
       <c r="C33" s="9"/>
       <c r="D33" s="27"/>
       <c r="E33" s="38">
         <f t="shared" si="29"/>
         <v>45873</v>
       </c>
       <c r="F33" s="15">
         <f t="shared" si="30"/>
         <v>45887</v>
       </c>
       <c r="G33" s="33" t="s">
         <v>50</v>
       </c>
       <c r="H33" s="14"/>
       <c r="I33" s="9"/>
       <c r="J33" s="27"/>
       <c r="K33" s="38">
         <f t="shared" si="31"/>
         <v>45915</v>
       </c>
       <c r="L33" s="15">
@@ -5409,51 +5416,51 @@
         <v>50</v>
       </c>
       <c r="AL33" s="14"/>
       <c r="AM33" s="9"/>
       <c r="AN33" s="27"/>
       <c r="AO33" s="7"/>
       <c r="AP33" s="7"/>
       <c r="AQ33" s="7"/>
       <c r="AR33" s="7"/>
       <c r="AS33" s="7"/>
       <c r="AT33" s="7"/>
       <c r="AU33" s="7"/>
       <c r="AV33" s="7"/>
       <c r="AW33" s="7"/>
       <c r="AX33" s="7"/>
       <c r="AY33" s="7"/>
       <c r="AZ33" s="7"/>
       <c r="BA33" s="7"/>
       <c r="BB33" s="7"/>
       <c r="BC33" s="7"/>
       <c r="BD33" s="7"/>
       <c r="BE33" s="7"/>
       <c r="BF33" s="7"/>
       <c r="BG33" s="7"/>
     </row>
-    <row r="34" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:59" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="13">
         <v>45930</v>
       </c>
       <c r="B34" s="14"/>
       <c r="C34" s="9"/>
       <c r="D34" s="27"/>
       <c r="E34" s="38">
         <f t="shared" si="29"/>
         <v>45965</v>
       </c>
       <c r="F34" s="15">
         <f t="shared" si="30"/>
         <v>45979</v>
       </c>
       <c r="G34" s="33" t="s">
         <v>50</v>
       </c>
       <c r="H34" s="14"/>
       <c r="I34" s="9"/>
       <c r="J34" s="27"/>
       <c r="K34" s="38">
         <f t="shared" si="31"/>
         <v>46007</v>
       </c>
       <c r="L34" s="15">
@@ -5519,51 +5526,51 @@
         <v>50</v>
       </c>
       <c r="AL34" s="14"/>
       <c r="AM34" s="9"/>
       <c r="AN34" s="27"/>
       <c r="AO34" s="7"/>
       <c r="AP34" s="7"/>
       <c r="AQ34" s="7"/>
       <c r="AR34" s="7"/>
       <c r="AS34" s="7"/>
       <c r="AT34" s="7"/>
       <c r="AU34" s="7"/>
       <c r="AV34" s="7"/>
       <c r="AW34" s="7"/>
       <c r="AX34" s="7"/>
       <c r="AY34" s="7"/>
       <c r="AZ34" s="7"/>
       <c r="BA34" s="7"/>
       <c r="BB34" s="7"/>
       <c r="BC34" s="7"/>
       <c r="BD34" s="7"/>
       <c r="BE34" s="7"/>
       <c r="BF34" s="7"/>
       <c r="BG34" s="7"/>
     </row>
-    <row r="35" spans="1:59" s="10" customFormat="1" ht="55.8" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:59" s="10" customFormat="1" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="42">
         <v>46022</v>
       </c>
       <c r="B35" s="43">
         <f>A35+14*7</f>
         <v>46120</v>
       </c>
       <c r="C35" s="44">
         <f>B35+4*7</f>
         <v>46148</v>
       </c>
       <c r="D35" s="55" t="s">
         <v>53</v>
       </c>
       <c r="E35" s="45">
         <f t="shared" si="29"/>
         <v>46057</v>
       </c>
       <c r="F35" s="46">
         <f t="shared" si="30"/>
         <v>46071</v>
       </c>
       <c r="G35" s="56" t="s">
         <v>53</v>
       </c>
@@ -5635,1368 +5642,1314 @@
       <c r="AD35" s="46">
         <f t="shared" si="18"/>
         <v>46073</v>
       </c>
       <c r="AE35" s="56" t="s">
         <v>53</v>
       </c>
       <c r="AF35" s="53"/>
       <c r="AG35" s="47"/>
       <c r="AH35" s="54"/>
       <c r="AI35" s="45">
         <f t="shared" si="35"/>
         <v>46071</v>
       </c>
       <c r="AJ35" s="46">
         <f t="shared" si="27"/>
         <v>46073</v>
       </c>
       <c r="AK35" s="56" t="s">
         <v>53</v>
       </c>
       <c r="AL35" s="43">
         <f>A35+14*7</f>
         <v>46120</v>
       </c>
-      <c r="AM35" s="44"/>
+      <c r="AM35" s="39"/>
       <c r="AN35" s="55" t="s">
         <v>53</v>
       </c>
       <c r="AO35" s="7"/>
       <c r="AP35" s="7"/>
       <c r="AQ35" s="7"/>
       <c r="AR35" s="7"/>
       <c r="AS35" s="7"/>
       <c r="AT35" s="7"/>
       <c r="AU35" s="7"/>
       <c r="AV35" s="7"/>
       <c r="AW35" s="7"/>
       <c r="AX35" s="7"/>
       <c r="AY35" s="7"/>
       <c r="AZ35" s="7"/>
       <c r="BA35" s="7"/>
       <c r="BB35" s="7"/>
       <c r="BC35" s="7"/>
       <c r="BD35" s="7"/>
       <c r="BE35" s="7"/>
       <c r="BF35" s="7"/>
       <c r="BG35" s="7"/>
     </row>
-    <row r="36" spans="1:59" s="10" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:59" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A36" s="13">
         <v>46112</v>
       </c>
       <c r="B36" s="14"/>
       <c r="C36" s="9"/>
       <c r="D36" s="27"/>
       <c r="E36" s="38">
         <f t="shared" si="29"/>
         <v>46147</v>
       </c>
       <c r="F36" s="15">
         <f t="shared" si="30"/>
         <v>46161</v>
       </c>
-      <c r="G36" s="64" t="s">
-        <v>56</v>
+      <c r="G36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="H36" s="14"/>
       <c r="I36" s="9"/>
       <c r="J36" s="27"/>
       <c r="K36" s="38">
         <f t="shared" si="31"/>
         <v>46189</v>
       </c>
       <c r="L36" s="15">
         <f t="shared" ref="L36:L37" si="38">K36+14</f>
         <v>46203</v>
       </c>
-      <c r="M36" s="64" t="s">
-        <v>56</v>
+      <c r="M36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="N36" s="14"/>
       <c r="O36" s="9"/>
       <c r="P36" s="27"/>
       <c r="Q36" s="38">
         <f t="shared" si="32"/>
         <v>46147</v>
       </c>
       <c r="R36" s="15">
-        <f t="shared" ref="R36:R38" si="39">Q36+14</f>
+        <f t="shared" ref="R36:R39" si="39">Q36+14</f>
         <v>46161</v>
       </c>
-      <c r="S36" s="64" t="s">
-        <v>56</v>
+      <c r="S36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="T36" s="36"/>
       <c r="U36" s="52"/>
       <c r="V36" s="37"/>
       <c r="W36" s="38">
         <f t="shared" si="33"/>
         <v>46161</v>
       </c>
       <c r="X36" s="15">
         <f t="shared" ref="X36:X38" si="40">W36+2</f>
         <v>46163</v>
       </c>
-      <c r="Y36" s="64" t="s">
-        <v>56</v>
+      <c r="Y36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="Z36" s="36"/>
       <c r="AA36" s="52"/>
       <c r="AB36" s="37"/>
       <c r="AC36" s="38">
         <f t="shared" si="34"/>
         <v>46161</v>
       </c>
       <c r="AD36" s="15">
         <f t="shared" ref="AD36:AD38" si="41">AC36+2</f>
         <v>46163</v>
       </c>
-      <c r="AE36" s="64" t="s">
-        <v>56</v>
+      <c r="AE36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AF36" s="36"/>
       <c r="AG36" s="52"/>
       <c r="AH36" s="37"/>
       <c r="AI36" s="38">
         <f t="shared" si="35"/>
         <v>46161</v>
       </c>
       <c r="AJ36" s="15">
         <f t="shared" ref="AJ36:AJ38" si="42">AI36+2</f>
         <v>46163</v>
       </c>
-      <c r="AK36" s="64" t="s">
-        <v>56</v>
+      <c r="AK36" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AL36" s="14"/>
       <c r="AM36" s="9"/>
       <c r="AN36" s="27"/>
       <c r="AO36" s="7"/>
       <c r="AP36" s="7"/>
       <c r="AQ36" s="7"/>
       <c r="AR36" s="7"/>
       <c r="AS36" s="7"/>
       <c r="AT36" s="7"/>
       <c r="AU36" s="7"/>
       <c r="AV36" s="7"/>
       <c r="AW36" s="7"/>
       <c r="AX36" s="7"/>
       <c r="AY36" s="7"/>
       <c r="AZ36" s="7"/>
       <c r="BA36" s="7"/>
       <c r="BB36" s="7"/>
       <c r="BC36" s="7"/>
       <c r="BD36" s="7"/>
       <c r="BE36" s="7"/>
       <c r="BF36" s="7"/>
       <c r="BG36" s="7"/>
     </row>
-    <row r="37" spans="1:59" s="10" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:59" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A37" s="13">
         <v>46203</v>
       </c>
       <c r="B37" s="14"/>
       <c r="C37" s="9"/>
       <c r="D37" s="27"/>
       <c r="E37" s="38">
         <f t="shared" si="29"/>
         <v>46238</v>
       </c>
       <c r="F37" s="15">
         <f t="shared" si="30"/>
         <v>46252</v>
       </c>
-      <c r="G37" s="64" t="s">
-        <v>56</v>
+      <c r="G37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="H37" s="14"/>
       <c r="I37" s="9"/>
       <c r="J37" s="27"/>
       <c r="K37" s="38">
         <f t="shared" si="31"/>
         <v>46280</v>
       </c>
       <c r="L37" s="15">
         <f t="shared" si="38"/>
         <v>46294</v>
       </c>
-      <c r="M37" s="64" t="s">
-        <v>56</v>
+      <c r="M37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="N37" s="14"/>
       <c r="O37" s="9"/>
       <c r="P37" s="27"/>
       <c r="Q37" s="38">
         <f t="shared" si="32"/>
         <v>46238</v>
       </c>
       <c r="R37" s="15">
         <f t="shared" si="39"/>
         <v>46252</v>
       </c>
-      <c r="S37" s="64" t="s">
-        <v>56</v>
+      <c r="S37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="T37" s="36"/>
       <c r="U37" s="52"/>
       <c r="V37" s="37"/>
       <c r="W37" s="38">
         <f t="shared" si="33"/>
         <v>46252</v>
       </c>
       <c r="X37" s="15">
         <f t="shared" si="40"/>
         <v>46254</v>
       </c>
-      <c r="Y37" s="64" t="s">
-        <v>56</v>
+      <c r="Y37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="Z37" s="36"/>
       <c r="AA37" s="52"/>
       <c r="AB37" s="37"/>
       <c r="AC37" s="38">
         <f t="shared" si="34"/>
         <v>46252</v>
       </c>
       <c r="AD37" s="15">
         <f t="shared" si="41"/>
         <v>46254</v>
       </c>
-      <c r="AE37" s="64" t="s">
-        <v>56</v>
+      <c r="AE37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AF37" s="36"/>
       <c r="AG37" s="52"/>
       <c r="AH37" s="37"/>
       <c r="AI37" s="38">
         <f t="shared" si="35"/>
         <v>46252</v>
       </c>
       <c r="AJ37" s="15">
         <f t="shared" si="42"/>
         <v>46254</v>
       </c>
-      <c r="AK37" s="64" t="s">
-        <v>56</v>
+      <c r="AK37" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AL37" s="14"/>
       <c r="AM37" s="9"/>
       <c r="AN37" s="27"/>
       <c r="AO37" s="7"/>
       <c r="AP37" s="7"/>
       <c r="AQ37" s="7"/>
       <c r="AR37" s="7"/>
       <c r="AS37" s="7"/>
       <c r="AT37" s="7"/>
       <c r="AU37" s="7"/>
       <c r="AV37" s="7"/>
       <c r="AW37" s="7"/>
       <c r="AX37" s="7"/>
       <c r="AY37" s="7"/>
       <c r="AZ37" s="7"/>
       <c r="BA37" s="7"/>
       <c r="BB37" s="7"/>
       <c r="BC37" s="7"/>
       <c r="BD37" s="7"/>
       <c r="BE37" s="7"/>
       <c r="BF37" s="7"/>
       <c r="BG37" s="7"/>
     </row>
-    <row r="38" spans="1:59" s="10" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:59" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A38" s="13">
         <v>46295</v>
       </c>
       <c r="B38" s="14"/>
       <c r="C38" s="9"/>
       <c r="D38" s="27"/>
       <c r="E38" s="38">
         <f t="shared" si="29"/>
         <v>46330</v>
       </c>
       <c r="F38" s="15">
         <f t="shared" si="30"/>
         <v>46344</v>
       </c>
-      <c r="G38" s="64" t="s">
-        <v>56</v>
+      <c r="G38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="H38" s="14"/>
       <c r="I38" s="9"/>
       <c r="J38" s="27"/>
       <c r="K38" s="38">
         <f t="shared" si="31"/>
         <v>46372</v>
       </c>
       <c r="L38" s="15">
         <v>46392</v>
       </c>
-      <c r="M38" s="64" t="s">
-        <v>56</v>
+      <c r="M38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="N38" s="14"/>
       <c r="O38" s="9"/>
       <c r="P38" s="27"/>
       <c r="Q38" s="38">
         <f t="shared" si="32"/>
         <v>46330</v>
       </c>
       <c r="R38" s="15">
         <f t="shared" si="39"/>
         <v>46344</v>
       </c>
-      <c r="S38" s="64" t="s">
-        <v>56</v>
+      <c r="S38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="T38" s="36"/>
       <c r="U38" s="52"/>
       <c r="V38" s="37"/>
       <c r="W38" s="38">
         <f t="shared" si="33"/>
         <v>46344</v>
       </c>
       <c r="X38" s="15">
         <f t="shared" si="40"/>
         <v>46346</v>
       </c>
-      <c r="Y38" s="64" t="s">
-        <v>56</v>
+      <c r="Y38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="Z38" s="36"/>
       <c r="AA38" s="52"/>
       <c r="AB38" s="37"/>
       <c r="AC38" s="38">
         <f t="shared" si="34"/>
         <v>46344</v>
       </c>
       <c r="AD38" s="15">
         <f t="shared" si="41"/>
         <v>46346</v>
       </c>
-      <c r="AE38" s="64" t="s">
-        <v>56</v>
+      <c r="AE38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AF38" s="36"/>
       <c r="AG38" s="52"/>
       <c r="AH38" s="37"/>
       <c r="AI38" s="38">
         <f t="shared" si="35"/>
         <v>46344</v>
       </c>
       <c r="AJ38" s="15">
         <f t="shared" si="42"/>
         <v>46346</v>
       </c>
-      <c r="AK38" s="64" t="s">
-        <v>56</v>
+      <c r="AK38" s="58" t="s">
+        <v>55</v>
       </c>
       <c r="AL38" s="14"/>
       <c r="AM38" s="9"/>
       <c r="AN38" s="27"/>
       <c r="AO38" s="7"/>
       <c r="AP38" s="7"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
       <c r="AS38" s="7"/>
       <c r="AT38" s="7"/>
       <c r="AU38" s="7"/>
       <c r="AV38" s="7"/>
       <c r="AW38" s="7"/>
       <c r="AX38" s="7"/>
       <c r="AY38" s="7"/>
       <c r="AZ38" s="7"/>
       <c r="BA38" s="7"/>
       <c r="BB38" s="7"/>
       <c r="BC38" s="7"/>
       <c r="BD38" s="7"/>
       <c r="BE38" s="7"/>
       <c r="BF38" s="7"/>
       <c r="BG38" s="7"/>
     </row>
-    <row r="39" spans="1:59" s="10" customFormat="1" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:59" s="10" customFormat="1" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="42">
         <v>46387</v>
       </c>
-      <c r="B39" s="43" t="s">
-[...51 lines deleted...]
-        <v>55</v>
+      <c r="B39" s="43">
+        <f>A39+14*7</f>
+        <v>46485</v>
+      </c>
+      <c r="C39" s="44">
+        <f>B39+4*7</f>
+        <v>46513</v>
+      </c>
+      <c r="D39" s="59" t="s">
+        <v>60</v>
+      </c>
+      <c r="E39" s="45">
+        <f t="shared" ref="E39" si="43">A39+5*7</f>
+        <v>46422</v>
+      </c>
+      <c r="F39" s="46">
+        <f t="shared" ref="F39" si="44">E39+2*7</f>
+        <v>46436</v>
+      </c>
+      <c r="G39" s="60" t="s">
+        <v>60</v>
+      </c>
+      <c r="H39" s="43">
+        <f>A39+20*7</f>
+        <v>46527</v>
+      </c>
+      <c r="I39" s="44">
+        <f>H39+28</f>
+        <v>46555</v>
+      </c>
+      <c r="J39" s="59" t="s">
+        <v>60</v>
+      </c>
+      <c r="K39" s="45">
+        <f t="shared" ref="K39" si="45">A39+11*7</f>
+        <v>46464</v>
+      </c>
+      <c r="L39" s="46">
+        <f t="shared" ref="L39" si="46">K39+14</f>
+        <v>46478</v>
+      </c>
+      <c r="M39" s="60" t="s">
+        <v>60</v>
+      </c>
+      <c r="N39" s="43">
+        <f>A39+14*7</f>
+        <v>46485</v>
+      </c>
+      <c r="O39" s="44">
+        <f>N39+4*7</f>
+        <v>46513</v>
+      </c>
+      <c r="P39" s="55" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q39" s="45">
+        <f t="shared" ref="Q39" si="47">A39+5*7</f>
+        <v>46422</v>
+      </c>
+      <c r="R39" s="46">
+        <f t="shared" si="39"/>
+        <v>46436</v>
+      </c>
+      <c r="S39" s="60" t="s">
+        <v>60</v>
       </c>
       <c r="T39" s="53"/>
       <c r="U39" s="47"/>
       <c r="V39" s="54"/>
-      <c r="W39" s="60" t="s">
-[...6 lines deleted...]
-        <v>55</v>
+      <c r="W39" s="45">
+        <f t="shared" ref="W39" si="48">A39+7*7</f>
+        <v>46436</v>
+      </c>
+      <c r="X39" s="46">
+        <v>46440</v>
+      </c>
+      <c r="Y39" s="60" t="s">
+        <v>60</v>
       </c>
       <c r="Z39" s="53"/>
       <c r="AA39" s="47"/>
       <c r="AB39" s="54"/>
-      <c r="AC39" s="60" t="s">
-[...6 lines deleted...]
-        <v>55</v>
+      <c r="AC39" s="45">
+        <f t="shared" ref="AC39" si="49">A39+7*7</f>
+        <v>46436</v>
+      </c>
+      <c r="AD39" s="46">
+        <v>46440</v>
+      </c>
+      <c r="AE39" s="60" t="s">
+        <v>60</v>
       </c>
       <c r="AF39" s="53"/>
       <c r="AG39" s="47"/>
       <c r="AH39" s="54"/>
-      <c r="AI39" s="60" t="s">
-[...15 lines deleted...]
-        <v>55</v>
+      <c r="AI39" s="45">
+        <f t="shared" ref="AI39" si="50">A39+7*7</f>
+        <v>46436</v>
+      </c>
+      <c r="AJ39" s="46">
+        <v>46440</v>
+      </c>
+      <c r="AK39" s="60" t="s">
+        <v>60</v>
+      </c>
+      <c r="AL39" s="43">
+        <f>A39+14*7</f>
+        <v>46485</v>
+      </c>
+      <c r="AM39" s="39"/>
+      <c r="AN39" s="59" t="s">
+        <v>60</v>
       </c>
       <c r="AO39" s="7"/>
       <c r="AP39" s="7"/>
       <c r="AQ39" s="7"/>
       <c r="AR39" s="7"/>
       <c r="AS39" s="7"/>
       <c r="AT39" s="7"/>
       <c r="AU39" s="7"/>
       <c r="AV39" s="7"/>
       <c r="AW39" s="7"/>
       <c r="AX39" s="7"/>
       <c r="AY39" s="7"/>
       <c r="AZ39" s="7"/>
       <c r="BA39" s="7"/>
       <c r="BB39" s="7"/>
       <c r="BC39" s="7"/>
       <c r="BD39" s="7"/>
       <c r="BE39" s="7"/>
       <c r="BF39" s="7"/>
       <c r="BG39" s="7"/>
     </row>
-    <row r="40" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="2" t="s">
+    <row r="40" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="41" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="41" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="65" t="s">
+    <row r="42" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="94" t="s">
         <v>21</v>
       </c>
-      <c r="B41" s="66"/>
-[...319 lines deleted...]
-      <c r="AN117" s="3"/>
+      <c r="B42" s="95"/>
+      <c r="C42" s="95"/>
+      <c r="D42" s="95"/>
+      <c r="E42" s="95"/>
+      <c r="F42" s="95"/>
+      <c r="G42" s="95"/>
+      <c r="H42" s="95"/>
+      <c r="I42" s="95"/>
+      <c r="J42" s="95"/>
+      <c r="K42" s="95"/>
+      <c r="L42" s="95"/>
+      <c r="M42" s="95"/>
+      <c r="N42" s="95"/>
+      <c r="O42" s="95"/>
+      <c r="P42" s="95"/>
+      <c r="Q42" s="95"/>
+      <c r="R42" s="95"/>
+      <c r="S42" s="95"/>
+      <c r="T42" s="95"/>
+      <c r="U42" s="95"/>
+      <c r="V42" s="95"/>
+      <c r="W42" s="95"/>
+      <c r="X42" s="95"/>
+      <c r="Y42" s="95"/>
+      <c r="Z42" s="95"/>
+    </row>
+    <row r="43" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="44" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="45" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="46" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="47" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="48" spans="1:59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="49" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="50" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="51" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="52" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="53" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="54" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="55" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="56" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="57" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="58" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="60" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="61" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="62" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="63" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="64" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="65" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="66" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="67" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="68" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="69" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="70" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="71" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="72" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="73" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="74" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="75" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="76" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="77" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="78" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="79" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="80" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="81" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="82" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="83" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="84" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="85" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="86" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="87" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="88" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="89" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="90" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="91" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="92" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="93" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="94" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="95" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="96" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="97" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="98" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="99" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="100" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="101" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="102" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="103" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="104" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A104" s="3"/>
+      <c r="B104" s="3"/>
+      <c r="C104" s="3"/>
+      <c r="D104" s="3"/>
+      <c r="E104" s="3"/>
+      <c r="F104" s="3"/>
+      <c r="G104" s="3"/>
+      <c r="H104" s="3"/>
+      <c r="I104" s="3"/>
+      <c r="J104" s="3"/>
+      <c r="K104" s="3"/>
+      <c r="L104" s="3"/>
+      <c r="M104" s="3"/>
+      <c r="N104" s="3"/>
+      <c r="O104" s="3"/>
+      <c r="P104" s="3"/>
+      <c r="Q104" s="3"/>
+      <c r="R104" s="3"/>
+      <c r="S104" s="3"/>
+      <c r="T104" s="3"/>
+      <c r="U104" s="3"/>
+      <c r="V104" s="3"/>
+      <c r="W104" s="3"/>
+      <c r="X104" s="3"/>
+      <c r="Y104" s="3"/>
+      <c r="Z104" s="3"/>
+      <c r="AA104" s="3"/>
+      <c r="AB104" s="3"/>
+      <c r="AC104" s="3"/>
+      <c r="AD104" s="3"/>
+      <c r="AE104" s="3"/>
+      <c r="AF104" s="3"/>
+      <c r="AG104" s="3"/>
+      <c r="AH104" s="3"/>
+      <c r="AI104" s="3"/>
+      <c r="AJ104" s="3"/>
+      <c r="AK104" s="3"/>
+      <c r="AL104" s="3"/>
+      <c r="AM104" s="3"/>
+      <c r="AN104" s="3"/>
+    </row>
+    <row r="105" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A105" s="3"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
+      <c r="E105" s="3"/>
+      <c r="F105" s="3"/>
+      <c r="G105" s="3"/>
+      <c r="H105" s="3"/>
+      <c r="I105" s="3"/>
+      <c r="J105" s="3"/>
+      <c r="K105" s="3"/>
+      <c r="L105" s="3"/>
+      <c r="M105" s="3"/>
+      <c r="N105" s="3"/>
+      <c r="O105" s="3"/>
+      <c r="P105" s="3"/>
+      <c r="Q105" s="3"/>
+      <c r="R105" s="3"/>
+      <c r="S105" s="3"/>
+      <c r="T105" s="3"/>
+      <c r="U105" s="3"/>
+      <c r="V105" s="3"/>
+      <c r="W105" s="3"/>
+      <c r="X105" s="3"/>
+      <c r="Y105" s="3"/>
+      <c r="Z105" s="3"/>
+      <c r="AA105" s="3"/>
+      <c r="AB105" s="3"/>
+      <c r="AC105" s="3"/>
+      <c r="AD105" s="3"/>
+      <c r="AE105" s="3"/>
+      <c r="AF105" s="3"/>
+      <c r="AG105" s="3"/>
+      <c r="AH105" s="3"/>
+      <c r="AI105" s="3"/>
+      <c r="AJ105" s="3"/>
+      <c r="AK105" s="3"/>
+      <c r="AL105" s="3"/>
+      <c r="AM105" s="3"/>
+      <c r="AN105" s="3"/>
+    </row>
+    <row r="106" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A106" s="3"/>
+      <c r="B106" s="3"/>
+      <c r="C106" s="3"/>
+      <c r="D106" s="3"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="3"/>
+      <c r="G106" s="3"/>
+      <c r="H106" s="3"/>
+      <c r="I106" s="3"/>
+      <c r="J106" s="3"/>
+      <c r="K106" s="3"/>
+      <c r="L106" s="3"/>
+      <c r="M106" s="3"/>
+      <c r="N106" s="3"/>
+      <c r="O106" s="3"/>
+      <c r="P106" s="3"/>
+      <c r="Q106" s="3"/>
+      <c r="R106" s="3"/>
+      <c r="S106" s="3"/>
+      <c r="T106" s="3"/>
+      <c r="U106" s="3"/>
+      <c r="V106" s="3"/>
+      <c r="W106" s="3"/>
+      <c r="X106" s="3"/>
+      <c r="Y106" s="3"/>
+      <c r="Z106" s="3"/>
+      <c r="AA106" s="3"/>
+      <c r="AB106" s="3"/>
+      <c r="AC106" s="3"/>
+      <c r="AD106" s="3"/>
+      <c r="AE106" s="3"/>
+      <c r="AF106" s="3"/>
+      <c r="AG106" s="3"/>
+      <c r="AH106" s="3"/>
+      <c r="AI106" s="3"/>
+      <c r="AJ106" s="3"/>
+      <c r="AK106" s="3"/>
+      <c r="AL106" s="3"/>
+      <c r="AM106" s="3"/>
+      <c r="AN106" s="3"/>
+    </row>
+    <row r="107" spans="1:40" x14ac:dyDescent="0.35">
+      <c r="A107" s="3"/>
+      <c r="B107" s="3"/>
+      <c r="C107" s="3"/>
+      <c r="D107" s="3"/>
+      <c r="E107" s="3"/>
+      <c r="F107" s="3"/>
+      <c r="G107" s="3"/>
+      <c r="H107" s="3"/>
+      <c r="I107" s="3"/>
+      <c r="J107" s="3"/>
+      <c r="K107" s="3"/>
+      <c r="L107" s="3"/>
+      <c r="M107" s="3"/>
+      <c r="N107" s="3"/>
+      <c r="O107" s="3"/>
+      <c r="P107" s="3"/>
+      <c r="Q107" s="3"/>
+      <c r="R107" s="3"/>
+      <c r="S107" s="3"/>
+      <c r="T107" s="3"/>
+      <c r="U107" s="3"/>
+      <c r="V107" s="3"/>
+      <c r="W107" s="3"/>
+      <c r="X107" s="3"/>
+      <c r="Y107" s="3"/>
+      <c r="Z107" s="3"/>
+      <c r="AA107" s="3"/>
+      <c r="AB107" s="3"/>
+      <c r="AC107" s="3"/>
+      <c r="AD107" s="3"/>
+      <c r="AE107" s="3"/>
+      <c r="AF107" s="3"/>
+      <c r="AG107" s="3"/>
+      <c r="AH107" s="3"/>
+      <c r="AI107" s="3"/>
+      <c r="AJ107" s="3"/>
+      <c r="AK107" s="3"/>
+      <c r="AL107" s="3"/>
+      <c r="AM107" s="3"/>
+      <c r="AN107" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="58">
-    <mergeCell ref="A43:Z43"/>
+  <mergeCells count="56">
     <mergeCell ref="E2:G4"/>
-    <mergeCell ref="A41:Z41"/>
+    <mergeCell ref="A42:Z42"/>
     <mergeCell ref="A2:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="N5:P5"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="AF5:AH5"/>
     <mergeCell ref="AE6:AE7"/>
     <mergeCell ref="AF6:AF7"/>
     <mergeCell ref="AG6:AG7"/>
     <mergeCell ref="W6:W7"/>
     <mergeCell ref="X6:X7"/>
     <mergeCell ref="Y6:Y7"/>
     <mergeCell ref="Z6:Z7"/>
+    <mergeCell ref="AC6:AC7"/>
+    <mergeCell ref="AA6:AA7"/>
+    <mergeCell ref="AC5:AE5"/>
+    <mergeCell ref="AD6:AD7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="AL5:AN5"/>
     <mergeCell ref="T5:V5"/>
     <mergeCell ref="W5:Y5"/>
     <mergeCell ref="Z5:AB5"/>
     <mergeCell ref="T6:T7"/>
     <mergeCell ref="U6:U7"/>
     <mergeCell ref="AN6:AN7"/>
     <mergeCell ref="AH6:AH7"/>
     <mergeCell ref="AI6:AI7"/>
     <mergeCell ref="AJ6:AJ7"/>
     <mergeCell ref="AK6:AK7"/>
     <mergeCell ref="AL6:AL7"/>
     <mergeCell ref="AM6:AM7"/>
     <mergeCell ref="AI5:AK5"/>
     <mergeCell ref="AB6:AB7"/>
-    <mergeCell ref="AC6:AC7"/>
-[...5 lines deleted...]
-    <mergeCell ref="AD6:AD7"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="E6:E7"/>
     <mergeCell ref="P6:P7"/>
     <mergeCell ref="V6:V7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="S6:S7"/>
-    <mergeCell ref="A6:A7"/>
-[...3 lines deleted...]
-    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="Q6:Q7"/>
+    <mergeCell ref="R6:R7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="52" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="25" max="1048575" man="1"/>
   </colBreaks>
   <ignoredErrors>
     <ignoredError sqref="K19 F31" formula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BH117"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="1" ySplit="19" topLeftCell="B28" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
       <selection pane="bottomRight" activeCell="E2" sqref="E2:G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="19.77734375" customWidth="1"/>
+    <col min="1" max="1" width="17.54296875" customWidth="1"/>
+    <col min="2" max="2" width="15.453125" customWidth="1"/>
+    <col min="3" max="4" width="11.1796875" customWidth="1"/>
+    <col min="5" max="5" width="19.81640625" customWidth="1"/>
     <col min="6" max="6" width="18" customWidth="1"/>
-    <col min="7" max="7" width="11.21875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="17" max="17" width="11.21875" customWidth="1"/>
+    <col min="7" max="7" width="11.1796875" customWidth="1"/>
+    <col min="8" max="9" width="13.54296875" customWidth="1"/>
+    <col min="10" max="10" width="14.453125" customWidth="1"/>
+    <col min="11" max="12" width="11.1796875" customWidth="1"/>
+    <col min="13" max="13" width="15.81640625" customWidth="1"/>
+    <col min="14" max="14" width="13.1796875" customWidth="1"/>
+    <col min="15" max="15" width="10.81640625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="13.453125" customWidth="1"/>
+    <col min="17" max="17" width="11.1796875" customWidth="1"/>
     <col min="18" max="18" width="19" customWidth="1"/>
-    <col min="19" max="20" width="11.21875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="22" max="23" width="11.21875" customWidth="1"/>
+    <col min="19" max="20" width="11.1796875" customWidth="1"/>
+    <col min="21" max="21" width="16.1796875" customWidth="1"/>
+    <col min="22" max="23" width="11.1796875" customWidth="1"/>
     <col min="24" max="24" width="14" customWidth="1"/>
-    <col min="25" max="25" width="15.5546875" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="42" max="60" width="12.21875" style="3"/>
+    <col min="25" max="25" width="15.54296875" customWidth="1"/>
+    <col min="26" max="26" width="11.1796875" customWidth="1"/>
+    <col min="27" max="27" width="20.453125" customWidth="1"/>
+    <col min="28" max="29" width="11.1796875" customWidth="1"/>
+    <col min="30" max="30" width="16.54296875" customWidth="1"/>
+    <col min="31" max="31" width="21.1796875" customWidth="1"/>
+    <col min="32" max="32" width="11.1796875" customWidth="1"/>
+    <col min="33" max="33" width="18.453125" customWidth="1"/>
+    <col min="34" max="35" width="11.1796875" customWidth="1"/>
+    <col min="36" max="36" width="21.54296875" customWidth="1"/>
+    <col min="37" max="37" width="16.81640625" customWidth="1"/>
+    <col min="38" max="38" width="11.1796875" customWidth="1"/>
+    <col min="39" max="39" width="13.54296875" customWidth="1"/>
+    <col min="40" max="41" width="11.1796875" customWidth="1"/>
+    <col min="42" max="60" width="12.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:60" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A2" s="100" t="s">
+    <row r="1" spans="1:60" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:60" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="96" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="96"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="92" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="100"/>
-[...15 lines deleted...]
-      <c r="G3" s="98"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+    </row>
+    <row r="3" spans="1:60" s="3" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="96"/>
+      <c r="B3" s="96"/>
+      <c r="C3" s="96"/>
+      <c r="D3" s="96"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
       <c r="H3" s="22"/>
       <c r="I3" s="21"/>
       <c r="J3" s="21"/>
       <c r="K3" s="21"/>
       <c r="L3" s="21"/>
       <c r="M3" s="21"/>
       <c r="N3" s="21"/>
       <c r="O3" s="21"/>
       <c r="P3" s="21"/>
     </row>
-    <row r="4" spans="1:60" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G4" s="99"/>
+    <row r="4" spans="1:60" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="96"/>
+      <c r="B4" s="96"/>
+      <c r="C4" s="96"/>
+      <c r="D4" s="96"/>
+      <c r="E4" s="93"/>
+      <c r="F4" s="93"/>
+      <c r="G4" s="93"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="4"/>
       <c r="AL4" s="4"/>
       <c r="AM4" s="4"/>
       <c r="AN4" s="4"/>
       <c r="AO4" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:60" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:60" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
-      <c r="B5" s="87" t="s">
+      <c r="B5" s="80" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="88"/>
-[...1 lines deleted...]
-      <c r="E5" s="69" t="s">
+      <c r="C5" s="81"/>
+      <c r="D5" s="82"/>
+      <c r="E5" s="83" t="s">
         <v>26</v>
       </c>
-      <c r="F5" s="70"/>
-[...1 lines deleted...]
-      <c r="H5" s="101" t="s">
+      <c r="F5" s="84"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="97" t="s">
         <v>27</v>
       </c>
-      <c r="I5" s="102"/>
-      <c r="J5" s="69" t="s">
+      <c r="I5" s="98"/>
+      <c r="J5" s="83" t="s">
         <v>28</v>
       </c>
-      <c r="K5" s="70"/>
-[...1 lines deleted...]
-      <c r="M5" s="87" t="s">
+      <c r="K5" s="84"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="80" t="s">
         <v>29</v>
       </c>
-      <c r="N5" s="88"/>
-[...1 lines deleted...]
-      <c r="P5" s="101" t="s">
+      <c r="N5" s="81"/>
+      <c r="O5" s="82"/>
+      <c r="P5" s="97" t="s">
         <v>33</v>
       </c>
-      <c r="Q5" s="102"/>
-      <c r="R5" s="87" t="s">
+      <c r="Q5" s="98"/>
+      <c r="R5" s="80" t="s">
         <v>32</v>
       </c>
-      <c r="S5" s="88"/>
-[...1 lines deleted...]
-      <c r="U5" s="69" t="s">
+      <c r="S5" s="81"/>
+      <c r="T5" s="82"/>
+      <c r="U5" s="83" t="s">
         <v>30</v>
       </c>
-      <c r="V5" s="70"/>
-[...1 lines deleted...]
-      <c r="X5" s="87" t="s">
+      <c r="V5" s="84"/>
+      <c r="W5" s="85"/>
+      <c r="X5" s="80" t="s">
         <v>31</v>
       </c>
-      <c r="Y5" s="88"/>
-      <c r="Z5" s="89"/>
+      <c r="Y5" s="81"/>
+      <c r="Z5" s="82"/>
       <c r="AA5" s="7"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="3"/>
       <c r="AK5" s="3"/>
       <c r="AL5" s="3"/>
       <c r="AM5" s="3"/>
       <c r="AN5" s="3"/>
       <c r="AO5" s="3"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5"/>
       <c r="BA5"/>
       <c r="BB5"/>
       <c r="BC5"/>
       <c r="BD5"/>
       <c r="BE5"/>
       <c r="BF5"/>
       <c r="BG5"/>
       <c r="BH5"/>
     </row>
-    <row r="6" spans="1:60" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="82" t="s">
+    <row r="6" spans="1:60" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="73" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="78" t="s">
+      <c r="B6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="67" t="s">
+      <c r="C6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="76" t="s">
+      <c r="D6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="E6" s="72" t="s">
+      <c r="E6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="F6" s="103" t="s">
+      <c r="F6" s="99" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="92" t="s">
+      <c r="G6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="H6" s="78" t="s">
+      <c r="H6" s="63" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="76" t="s">
+      <c r="I6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="J6" s="72" t="s">
+      <c r="J6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="K6" s="74" t="s">
+      <c r="K6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="L6" s="92" t="s">
+      <c r="L6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="M6" s="78" t="s">
+      <c r="M6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="N6" s="67" t="s">
+      <c r="N6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="O6" s="76" t="s">
+      <c r="O6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="P6" s="78" t="s">
+      <c r="P6" s="63" t="s">
         <v>17</v>
       </c>
-      <c r="Q6" s="76" t="s">
+      <c r="Q6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="R6" s="78" t="s">
+      <c r="R6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="S6" s="67" t="s">
+      <c r="S6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="T6" s="76" t="s">
+      <c r="T6" s="61" t="s">
         <v>18</v>
       </c>
-      <c r="U6" s="72" t="s">
+      <c r="U6" s="69" t="s">
         <v>20</v>
       </c>
-      <c r="V6" s="74" t="s">
+      <c r="V6" s="71" t="s">
         <v>17</v>
       </c>
-      <c r="W6" s="92" t="s">
+      <c r="W6" s="75" t="s">
         <v>18</v>
       </c>
-      <c r="X6" s="78" t="s">
+      <c r="X6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="Y6" s="67" t="s">
+      <c r="Y6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="Z6" s="105" t="s">
+      <c r="Z6" s="101" t="s">
         <v>18</v>
       </c>
       <c r="AA6" s="8"/>
       <c r="AB6" s="3"/>
       <c r="AC6" s="3"/>
       <c r="AD6" s="3"/>
       <c r="AE6" s="3"/>
       <c r="AF6" s="3"/>
       <c r="AG6" s="3"/>
       <c r="AH6" s="3"/>
       <c r="AI6" s="3"/>
       <c r="AJ6" s="3"/>
       <c r="AK6" s="3"/>
       <c r="AL6" s="3"/>
       <c r="AM6" s="3"/>
       <c r="AN6" s="3"/>
       <c r="AO6" s="3"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6"/>
       <c r="BA6"/>
       <c r="BB6"/>
       <c r="BC6"/>
       <c r="BD6"/>
       <c r="BE6"/>
       <c r="BF6"/>
       <c r="BG6"/>
       <c r="BH6"/>
     </row>
-    <row r="7" spans="1:60" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...25 lines deleted...]
-      <c r="Z7" s="106"/>
+    <row r="7" spans="1:60" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="74"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="66"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="70"/>
+      <c r="F7" s="100"/>
+      <c r="G7" s="76"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="70"/>
+      <c r="K7" s="72"/>
+      <c r="L7" s="76"/>
+      <c r="M7" s="64"/>
+      <c r="N7" s="66"/>
+      <c r="O7" s="62"/>
+      <c r="P7" s="64"/>
+      <c r="Q7" s="62"/>
+      <c r="R7" s="64"/>
+      <c r="S7" s="66"/>
+      <c r="T7" s="62"/>
+      <c r="U7" s="70"/>
+      <c r="V7" s="72"/>
+      <c r="W7" s="76"/>
+      <c r="X7" s="64"/>
+      <c r="Y7" s="66"/>
+      <c r="Z7" s="102"/>
       <c r="AA7" s="8"/>
       <c r="AB7" s="7"/>
       <c r="AC7" s="7"/>
       <c r="AD7" s="7"/>
       <c r="AE7" s="7"/>
       <c r="AF7" s="7"/>
       <c r="AG7" s="7"/>
       <c r="AH7" s="7"/>
       <c r="AI7" s="7"/>
       <c r="AJ7" s="7"/>
       <c r="AK7" s="7"/>
       <c r="AL7" s="7"/>
       <c r="AM7" s="7"/>
       <c r="AN7" s="7"/>
       <c r="AO7" s="7"/>
       <c r="AP7" s="7"/>
       <c r="AQ7" s="7"/>
       <c r="AR7" s="7"/>
       <c r="AS7" s="7"/>
     </row>
-    <row r="8" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A8" s="13">
         <v>43555</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="9"/>
       <c r="D8" s="27"/>
       <c r="E8" s="32"/>
       <c r="F8" s="15"/>
       <c r="G8" s="33"/>
       <c r="H8" s="14"/>
       <c r="I8" s="50"/>
       <c r="J8" s="32"/>
       <c r="K8" s="15"/>
       <c r="L8" s="33"/>
       <c r="M8" s="14"/>
       <c r="N8" s="9"/>
       <c r="O8" s="27"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="14"/>
       <c r="S8" s="9"/>
       <c r="T8" s="27"/>
       <c r="U8" s="32"/>
       <c r="V8" s="15"/>
       <c r="W8" s="33"/>
       <c r="X8" s="14"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="27"/>
       <c r="AA8" s="7"/>
       <c r="AB8" s="7"/>
       <c r="AC8" s="7"/>
       <c r="AD8" s="7"/>
       <c r="AE8" s="7"/>
       <c r="AF8" s="7"/>
       <c r="AG8" s="7"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
       <c r="AJ8" s="7"/>
       <c r="AK8" s="7"/>
       <c r="AL8" s="7"/>
       <c r="AM8" s="7"/>
       <c r="AN8" s="7"/>
       <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
       <c r="AR8" s="7"/>
       <c r="AS8" s="7"/>
     </row>
-    <row r="9" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A9" s="13">
         <v>43646</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="9"/>
       <c r="D9" s="27"/>
       <c r="E9" s="32"/>
       <c r="F9" s="15"/>
       <c r="G9" s="33"/>
       <c r="H9" s="14"/>
       <c r="I9" s="50"/>
       <c r="J9" s="32"/>
       <c r="K9" s="15"/>
       <c r="L9" s="33"/>
       <c r="M9" s="14"/>
       <c r="N9" s="9"/>
       <c r="O9" s="27"/>
       <c r="P9" s="14"/>
       <c r="Q9" s="27"/>
       <c r="R9" s="14"/>
       <c r="S9" s="9"/>
       <c r="T9" s="27"/>
       <c r="U9" s="32"/>
       <c r="V9" s="15"/>
       <c r="W9" s="33"/>
       <c r="X9" s="14"/>
       <c r="Y9" s="9"/>
       <c r="Z9" s="27"/>
       <c r="AA9" s="7"/>
       <c r="AB9" s="7"/>
       <c r="AC9" s="7"/>
       <c r="AD9" s="7"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="7"/>
       <c r="AG9" s="7"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="7"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="7"/>
       <c r="AM9" s="7"/>
       <c r="AN9" s="7"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="7"/>
       <c r="AQ9" s="7"/>
       <c r="AR9" s="7"/>
       <c r="AS9" s="7"/>
     </row>
-    <row r="10" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A10" s="13">
         <v>43738</v>
       </c>
       <c r="B10" s="14"/>
       <c r="C10" s="9"/>
       <c r="D10" s="27"/>
       <c r="E10" s="32">
         <f>A10+10*7</f>
         <v>43808</v>
       </c>
       <c r="F10" s="15">
         <f>E10+14</f>
         <v>43822</v>
       </c>
       <c r="G10" s="33"/>
       <c r="H10" s="14"/>
       <c r="I10" s="50"/>
       <c r="J10" s="32">
         <v>43808</v>
       </c>
       <c r="K10" s="15">
         <v>43822</v>
       </c>
       <c r="L10" s="33" t="s">
         <v>0</v>
@@ -7019,51 +6972,51 @@
         <v>0</v>
       </c>
       <c r="X10" s="14"/>
       <c r="Y10" s="9"/>
       <c r="Z10" s="27"/>
       <c r="AA10" s="7"/>
       <c r="AB10" s="7"/>
       <c r="AC10" s="7"/>
       <c r="AD10" s="7"/>
       <c r="AE10" s="7"/>
       <c r="AF10" s="7"/>
       <c r="AG10" s="7"/>
       <c r="AH10" s="7"/>
       <c r="AI10" s="7"/>
       <c r="AJ10" s="7"/>
       <c r="AK10" s="7"/>
       <c r="AL10" s="7"/>
       <c r="AM10" s="7"/>
       <c r="AN10" s="7"/>
       <c r="AO10" s="7"/>
       <c r="AP10" s="7"/>
       <c r="AQ10" s="7"/>
       <c r="AR10" s="7"/>
       <c r="AS10" s="7"/>
     </row>
-    <row r="11" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A11" s="11">
         <v>43830</v>
       </c>
       <c r="B11" s="16">
         <f>A11+24*7</f>
         <v>43998</v>
       </c>
       <c r="C11" s="12">
         <f>B11+28</f>
         <v>44026</v>
       </c>
       <c r="D11" s="28" t="s">
         <v>0</v>
       </c>
       <c r="E11" s="34">
         <f>A11+10*7</f>
         <v>43900</v>
       </c>
       <c r="F11" s="18">
         <f>E11+14</f>
         <v>43914</v>
       </c>
       <c r="G11" s="35" t="s">
         <v>0</v>
       </c>
@@ -7122,51 +7075,51 @@
         <v>44026</v>
       </c>
       <c r="Z11" s="28" t="s">
         <v>0</v>
       </c>
       <c r="AA11" s="7"/>
       <c r="AB11" s="7"/>
       <c r="AC11" s="7"/>
       <c r="AD11" s="7"/>
       <c r="AE11" s="7"/>
       <c r="AF11" s="7"/>
       <c r="AG11" s="7"/>
       <c r="AH11" s="7"/>
       <c r="AI11" s="7"/>
       <c r="AJ11" s="7"/>
       <c r="AK11" s="7"/>
       <c r="AL11" s="7"/>
       <c r="AM11" s="7"/>
       <c r="AN11" s="7"/>
       <c r="AO11" s="7"/>
       <c r="AP11" s="7"/>
       <c r="AQ11" s="7"/>
       <c r="AR11" s="7"/>
       <c r="AS11" s="7"/>
     </row>
-    <row r="12" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A12" s="13">
         <v>43921</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="9"/>
       <c r="D12" s="27"/>
       <c r="E12" s="32">
         <f t="shared" ref="E12:E14" si="0">A12+9*7</f>
         <v>43984</v>
       </c>
       <c r="F12" s="15">
         <f t="shared" ref="F12:F23" si="1">E12+14</f>
         <v>43998</v>
       </c>
       <c r="G12" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H12" s="14"/>
       <c r="I12" s="50"/>
       <c r="J12" s="32">
         <v>43984</v>
       </c>
       <c r="K12" s="15">
         <v>43998</v>
       </c>
@@ -7191,51 +7144,51 @@
         <v>0</v>
       </c>
       <c r="X12" s="14"/>
       <c r="Y12" s="9"/>
       <c r="Z12" s="27"/>
       <c r="AA12" s="7"/>
       <c r="AB12" s="7"/>
       <c r="AC12" s="7"/>
       <c r="AD12" s="7"/>
       <c r="AE12" s="7"/>
       <c r="AF12" s="7"/>
       <c r="AG12" s="7"/>
       <c r="AH12" s="7"/>
       <c r="AI12" s="7"/>
       <c r="AJ12" s="7"/>
       <c r="AK12" s="7"/>
       <c r="AL12" s="7"/>
       <c r="AM12" s="7"/>
       <c r="AN12" s="7"/>
       <c r="AO12" s="7"/>
       <c r="AP12" s="7"/>
       <c r="AQ12" s="7"/>
       <c r="AR12" s="7"/>
       <c r="AS12" s="7"/>
     </row>
-    <row r="13" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A13" s="13">
         <v>44012</v>
       </c>
       <c r="B13" s="14"/>
       <c r="C13" s="9"/>
       <c r="D13" s="27"/>
       <c r="E13" s="32">
         <f t="shared" si="0"/>
         <v>44075</v>
       </c>
       <c r="F13" s="15">
         <f t="shared" si="1"/>
         <v>44089</v>
       </c>
       <c r="G13" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H13" s="14"/>
       <c r="I13" s="50"/>
       <c r="J13" s="32">
         <v>44075</v>
       </c>
       <c r="K13" s="15">
         <v>44089</v>
       </c>
@@ -7260,51 +7213,51 @@
         <v>0</v>
       </c>
       <c r="X13" s="14"/>
       <c r="Y13" s="9"/>
       <c r="Z13" s="27"/>
       <c r="AA13" s="7"/>
       <c r="AB13" s="7"/>
       <c r="AC13" s="7"/>
       <c r="AD13" s="7"/>
       <c r="AE13" s="7"/>
       <c r="AF13" s="7"/>
       <c r="AG13" s="7"/>
       <c r="AH13" s="7"/>
       <c r="AI13" s="7"/>
       <c r="AJ13" s="7"/>
       <c r="AK13" s="7"/>
       <c r="AL13" s="7"/>
       <c r="AM13" s="7"/>
       <c r="AN13" s="7"/>
       <c r="AO13" s="7"/>
       <c r="AP13" s="7"/>
       <c r="AQ13" s="7"/>
       <c r="AR13" s="7"/>
       <c r="AS13" s="7"/>
     </row>
-    <row r="14" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A14" s="13">
         <v>44104</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="9"/>
       <c r="D14" s="27"/>
       <c r="E14" s="32">
         <f t="shared" si="0"/>
         <v>44167</v>
       </c>
       <c r="F14" s="15">
         <f t="shared" si="1"/>
         <v>44181</v>
       </c>
       <c r="G14" s="33" t="s">
         <v>0</v>
       </c>
       <c r="H14" s="14"/>
       <c r="I14" s="50"/>
       <c r="J14" s="32">
         <v>44167</v>
       </c>
       <c r="K14" s="15">
         <v>44181</v>
       </c>
@@ -7329,51 +7282,51 @@
         <v>0</v>
       </c>
       <c r="X14" s="14"/>
       <c r="Y14" s="9"/>
       <c r="Z14" s="27"/>
       <c r="AA14" s="7"/>
       <c r="AB14" s="7"/>
       <c r="AC14" s="7"/>
       <c r="AD14" s="7"/>
       <c r="AE14" s="7"/>
       <c r="AF14" s="7"/>
       <c r="AG14" s="7"/>
       <c r="AH14" s="7"/>
       <c r="AI14" s="7"/>
       <c r="AJ14" s="7"/>
       <c r="AK14" s="7"/>
       <c r="AL14" s="7"/>
       <c r="AM14" s="7"/>
       <c r="AN14" s="7"/>
       <c r="AO14" s="7"/>
       <c r="AP14" s="7"/>
       <c r="AQ14" s="7"/>
       <c r="AR14" s="7"/>
       <c r="AS14" s="7"/>
     </row>
-    <row r="15" spans="1:60" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:60" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="19">
         <v>44196</v>
       </c>
       <c r="B15" s="16">
         <f>A15+22*7</f>
         <v>44350</v>
       </c>
       <c r="C15" s="12">
         <f>B15+28</f>
         <v>44378</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="34">
         <f>A15+9*7</f>
         <v>44259</v>
       </c>
       <c r="F15" s="18">
         <f t="shared" si="1"/>
         <v>44273</v>
       </c>
       <c r="G15" s="35" t="s">
         <v>22</v>
       </c>
@@ -7432,51 +7385,51 @@
         <v>44378</v>
       </c>
       <c r="Z15" s="28" t="s">
         <v>22</v>
       </c>
       <c r="AA15" s="7"/>
       <c r="AB15" s="7"/>
       <c r="AC15" s="7"/>
       <c r="AD15" s="7"/>
       <c r="AE15" s="7"/>
       <c r="AF15" s="7"/>
       <c r="AG15" s="7"/>
       <c r="AH15" s="7"/>
       <c r="AI15" s="7"/>
       <c r="AJ15" s="7"/>
       <c r="AK15" s="7"/>
       <c r="AL15" s="7"/>
       <c r="AM15" s="7"/>
       <c r="AN15" s="7"/>
       <c r="AO15" s="7"/>
       <c r="AP15" s="7"/>
       <c r="AQ15" s="7"/>
       <c r="AR15" s="7"/>
       <c r="AS15" s="7"/>
     </row>
-    <row r="16" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:60" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A16" s="13">
         <v>44286</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="9"/>
       <c r="D16" s="27"/>
       <c r="E16" s="32">
         <f t="shared" ref="E16:E18" si="2">A16+8*7</f>
         <v>44342</v>
       </c>
       <c r="F16" s="15">
         <f t="shared" si="1"/>
         <v>44356</v>
       </c>
       <c r="G16" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="14"/>
       <c r="I16" s="50"/>
       <c r="J16" s="32">
         <v>44342</v>
       </c>
       <c r="K16" s="15">
         <v>44356</v>
       </c>
@@ -7501,51 +7454,51 @@
         <v>22</v>
       </c>
       <c r="X16" s="14"/>
       <c r="Y16" s="9"/>
       <c r="Z16" s="27"/>
       <c r="AA16" s="7"/>
       <c r="AB16" s="7"/>
       <c r="AC16" s="7"/>
       <c r="AD16" s="7"/>
       <c r="AE16" s="7"/>
       <c r="AF16" s="7"/>
       <c r="AG16" s="7"/>
       <c r="AH16" s="7"/>
       <c r="AI16" s="7"/>
       <c r="AJ16" s="7"/>
       <c r="AK16" s="7"/>
       <c r="AL16" s="7"/>
       <c r="AM16" s="7"/>
       <c r="AN16" s="7"/>
       <c r="AO16" s="7"/>
       <c r="AP16" s="7"/>
       <c r="AQ16" s="7"/>
       <c r="AR16" s="7"/>
       <c r="AS16" s="7"/>
     </row>
-    <row r="17" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A17" s="13">
         <v>44377</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="9"/>
       <c r="D17" s="27"/>
       <c r="E17" s="32">
         <f t="shared" si="2"/>
         <v>44433</v>
       </c>
       <c r="F17" s="15">
         <f t="shared" si="1"/>
         <v>44447</v>
       </c>
       <c r="G17" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="14"/>
       <c r="I17" s="50"/>
       <c r="J17" s="32">
         <v>44433</v>
       </c>
       <c r="K17" s="15">
         <v>44447</v>
       </c>
@@ -7570,51 +7523,51 @@
         <v>22</v>
       </c>
       <c r="X17" s="14"/>
       <c r="Y17" s="9"/>
       <c r="Z17" s="27"/>
       <c r="AA17" s="7"/>
       <c r="AB17" s="7"/>
       <c r="AC17" s="7"/>
       <c r="AD17" s="7"/>
       <c r="AE17" s="7"/>
       <c r="AF17" s="7"/>
       <c r="AG17" s="7"/>
       <c r="AH17" s="7"/>
       <c r="AI17" s="7"/>
       <c r="AJ17" s="7"/>
       <c r="AK17" s="7"/>
       <c r="AL17" s="7"/>
       <c r="AM17" s="7"/>
       <c r="AN17" s="7"/>
       <c r="AO17" s="7"/>
       <c r="AP17" s="7"/>
       <c r="AQ17" s="7"/>
       <c r="AR17" s="7"/>
       <c r="AS17" s="7"/>
     </row>
-    <row r="18" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A18" s="13">
         <v>44469</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="9"/>
       <c r="D18" s="27"/>
       <c r="E18" s="32">
         <f t="shared" si="2"/>
         <v>44525</v>
       </c>
       <c r="F18" s="15">
         <f t="shared" si="1"/>
         <v>44539</v>
       </c>
       <c r="G18" s="33" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="14"/>
       <c r="I18" s="50"/>
       <c r="J18" s="32">
         <v>44525</v>
       </c>
       <c r="K18" s="15">
         <v>44539</v>
       </c>
@@ -7639,51 +7592,51 @@
         <v>22</v>
       </c>
       <c r="X18" s="14"/>
       <c r="Y18" s="9"/>
       <c r="Z18" s="27"/>
       <c r="AA18" s="7"/>
       <c r="AB18" s="7"/>
       <c r="AC18" s="7"/>
       <c r="AD18" s="7"/>
       <c r="AE18" s="7"/>
       <c r="AF18" s="7"/>
       <c r="AG18" s="7"/>
       <c r="AH18" s="7"/>
       <c r="AI18" s="7"/>
       <c r="AJ18" s="7"/>
       <c r="AK18" s="7"/>
       <c r="AL18" s="7"/>
       <c r="AM18" s="7"/>
       <c r="AN18" s="7"/>
       <c r="AO18" s="7"/>
       <c r="AP18" s="7"/>
       <c r="AQ18" s="7"/>
       <c r="AR18" s="7"/>
       <c r="AS18" s="7"/>
     </row>
-    <row r="19" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="19">
         <v>44561</v>
       </c>
       <c r="B19" s="16">
         <f>A19+20*7</f>
         <v>44701</v>
       </c>
       <c r="C19" s="12">
         <f>B19+28</f>
         <v>44729</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="34">
         <f>A19+8*7</f>
         <v>44617</v>
       </c>
       <c r="F19" s="18">
         <f t="shared" si="1"/>
         <v>44631</v>
       </c>
       <c r="G19" s="35" t="s">
         <v>23</v>
       </c>
@@ -7742,51 +7695,51 @@
         <v>44729</v>
       </c>
       <c r="Z19" s="28" t="s">
         <v>23</v>
       </c>
       <c r="AA19" s="7"/>
       <c r="AB19" s="7"/>
       <c r="AC19" s="7"/>
       <c r="AD19" s="7"/>
       <c r="AE19" s="7"/>
       <c r="AF19" s="7"/>
       <c r="AG19" s="7"/>
       <c r="AH19" s="7"/>
       <c r="AI19" s="7"/>
       <c r="AJ19" s="7"/>
       <c r="AK19" s="7"/>
       <c r="AL19" s="7"/>
       <c r="AM19" s="7"/>
       <c r="AN19" s="7"/>
       <c r="AO19" s="7"/>
       <c r="AP19" s="7"/>
       <c r="AQ19" s="7"/>
       <c r="AR19" s="7"/>
       <c r="AS19" s="7"/>
     </row>
-    <row r="20" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A20" s="13">
         <v>44651</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="9"/>
       <c r="D20" s="27"/>
       <c r="E20" s="32">
         <f t="shared" ref="E20:E22" si="3">A20+7*7</f>
         <v>44700</v>
       </c>
       <c r="F20" s="15">
         <f t="shared" si="1"/>
         <v>44714</v>
       </c>
       <c r="G20" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H20" s="14"/>
       <c r="I20" s="50"/>
       <c r="J20" s="32">
         <v>44700</v>
       </c>
       <c r="K20" s="15">
         <v>44714</v>
       </c>
@@ -7811,51 +7764,51 @@
         <v>23</v>
       </c>
       <c r="X20" s="14"/>
       <c r="Y20" s="9"/>
       <c r="Z20" s="27"/>
       <c r="AA20" s="7"/>
       <c r="AB20" s="7"/>
       <c r="AC20" s="7"/>
       <c r="AD20" s="7"/>
       <c r="AE20" s="7"/>
       <c r="AF20" s="7"/>
       <c r="AG20" s="7"/>
       <c r="AH20" s="7"/>
       <c r="AI20" s="7"/>
       <c r="AJ20" s="7"/>
       <c r="AK20" s="7"/>
       <c r="AL20" s="7"/>
       <c r="AM20" s="7"/>
       <c r="AN20" s="7"/>
       <c r="AO20" s="7"/>
       <c r="AP20" s="7"/>
       <c r="AQ20" s="7"/>
       <c r="AR20" s="7"/>
       <c r="AS20" s="7"/>
     </row>
-    <row r="21" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A21" s="13">
         <v>44742</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="9"/>
       <c r="D21" s="27"/>
       <c r="E21" s="32">
         <f t="shared" si="3"/>
         <v>44791</v>
       </c>
       <c r="F21" s="15">
         <f t="shared" si="1"/>
         <v>44805</v>
       </c>
       <c r="G21" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H21" s="14"/>
       <c r="I21" s="50"/>
       <c r="J21" s="32">
         <v>44791</v>
       </c>
       <c r="K21" s="15">
         <v>44805</v>
       </c>
@@ -7880,51 +7833,51 @@
         <v>23</v>
       </c>
       <c r="X21" s="14"/>
       <c r="Y21" s="9"/>
       <c r="Z21" s="27"/>
       <c r="AA21" s="7"/>
       <c r="AB21" s="7"/>
       <c r="AC21" s="7"/>
       <c r="AD21" s="7"/>
       <c r="AE21" s="7"/>
       <c r="AF21" s="7"/>
       <c r="AG21" s="7"/>
       <c r="AH21" s="7"/>
       <c r="AI21" s="7"/>
       <c r="AJ21" s="7"/>
       <c r="AK21" s="7"/>
       <c r="AL21" s="7"/>
       <c r="AM21" s="7"/>
       <c r="AN21" s="7"/>
       <c r="AO21" s="7"/>
       <c r="AP21" s="7"/>
       <c r="AQ21" s="7"/>
       <c r="AR21" s="7"/>
       <c r="AS21" s="7"/>
     </row>
-    <row r="22" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A22" s="13">
         <v>44834</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="9"/>
       <c r="D22" s="27"/>
       <c r="E22" s="32">
         <f t="shared" si="3"/>
         <v>44883</v>
       </c>
       <c r="F22" s="15">
         <f t="shared" si="1"/>
         <v>44897</v>
       </c>
       <c r="G22" s="33" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="14"/>
       <c r="I22" s="50"/>
       <c r="J22" s="32">
         <v>44883</v>
       </c>
       <c r="K22" s="15">
         <v>44897</v>
       </c>
@@ -7949,51 +7902,51 @@
         <v>23</v>
       </c>
       <c r="X22" s="14"/>
       <c r="Y22" s="9"/>
       <c r="Z22" s="27"/>
       <c r="AA22" s="7"/>
       <c r="AB22" s="7"/>
       <c r="AC22" s="7"/>
       <c r="AD22" s="7"/>
       <c r="AE22" s="7"/>
       <c r="AF22" s="7"/>
       <c r="AG22" s="7"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
       <c r="AJ22" s="7"/>
       <c r="AK22" s="7"/>
       <c r="AL22" s="7"/>
       <c r="AM22" s="7"/>
       <c r="AN22" s="7"/>
       <c r="AO22" s="7"/>
       <c r="AP22" s="7"/>
       <c r="AQ22" s="7"/>
       <c r="AR22" s="7"/>
       <c r="AS22" s="7"/>
     </row>
-    <row r="23" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="19">
         <v>44926</v>
       </c>
       <c r="B23" s="16">
         <f>A23+18*7</f>
         <v>45052</v>
       </c>
       <c r="C23" s="12">
         <f>B23+28</f>
         <v>45080</v>
       </c>
       <c r="D23" s="28" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="34">
         <f>A23+7*7</f>
         <v>44975</v>
       </c>
       <c r="F23" s="18">
         <f t="shared" si="1"/>
         <v>44989</v>
       </c>
       <c r="G23" s="35" t="s">
         <v>24</v>
       </c>
@@ -8052,51 +8005,51 @@
         <v>45080</v>
       </c>
       <c r="Z23" s="28" t="s">
         <v>24</v>
       </c>
       <c r="AA23" s="7"/>
       <c r="AB23" s="7"/>
       <c r="AC23" s="7"/>
       <c r="AD23" s="7"/>
       <c r="AE23" s="7"/>
       <c r="AF23" s="7"/>
       <c r="AG23" s="7"/>
       <c r="AH23" s="7"/>
       <c r="AI23" s="7"/>
       <c r="AJ23" s="7"/>
       <c r="AK23" s="7"/>
       <c r="AL23" s="7"/>
       <c r="AM23" s="7"/>
       <c r="AN23" s="7"/>
       <c r="AO23" s="7"/>
       <c r="AP23" s="7"/>
       <c r="AQ23" s="7"/>
       <c r="AR23" s="7"/>
       <c r="AS23" s="7"/>
     </row>
-    <row r="24" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A24" s="13">
         <v>45016</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="9"/>
       <c r="D24" s="27"/>
       <c r="E24" s="32">
         <f t="shared" ref="E24:E26" si="4">A24+7*7</f>
         <v>45065</v>
       </c>
       <c r="F24" s="15">
         <f t="shared" ref="F24:F31" si="5">E24+14</f>
         <v>45079</v>
       </c>
       <c r="G24" s="33" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="14"/>
       <c r="I24" s="50"/>
       <c r="J24" s="32">
         <v>45065</v>
       </c>
       <c r="K24" s="15">
         <v>45079</v>
       </c>
@@ -8121,51 +8074,51 @@
         <v>24</v>
       </c>
       <c r="X24" s="14"/>
       <c r="Y24" s="9"/>
       <c r="Z24" s="27"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="7"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="7"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="7"/>
       <c r="AG24" s="7"/>
       <c r="AH24" s="7"/>
       <c r="AI24" s="7"/>
       <c r="AJ24" s="7"/>
       <c r="AK24" s="7"/>
       <c r="AL24" s="7"/>
       <c r="AM24" s="7"/>
       <c r="AN24" s="7"/>
       <c r="AO24" s="7"/>
       <c r="AP24" s="7"/>
       <c r="AQ24" s="7"/>
       <c r="AR24" s="7"/>
       <c r="AS24" s="7"/>
     </row>
-    <row r="25" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A25" s="13">
         <v>45107</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="9"/>
       <c r="D25" s="27"/>
       <c r="E25" s="32">
         <f t="shared" si="4"/>
         <v>45156</v>
       </c>
       <c r="F25" s="15">
         <f t="shared" si="5"/>
         <v>45170</v>
       </c>
       <c r="G25" s="33" t="s">
         <v>46</v>
       </c>
       <c r="H25" s="14"/>
       <c r="I25" s="50"/>
       <c r="J25" s="32">
         <v>45156</v>
       </c>
       <c r="K25" s="15">
         <v>45170</v>
       </c>
@@ -8190,51 +8143,51 @@
         <v>46</v>
       </c>
       <c r="X25" s="14"/>
       <c r="Y25" s="9"/>
       <c r="Z25" s="27"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="7"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="7"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="7"/>
       <c r="AG25" s="7"/>
       <c r="AH25" s="7"/>
       <c r="AI25" s="7"/>
       <c r="AJ25" s="7"/>
       <c r="AK25" s="7"/>
       <c r="AL25" s="7"/>
       <c r="AM25" s="7"/>
       <c r="AN25" s="7"/>
       <c r="AO25" s="7"/>
       <c r="AP25" s="7"/>
       <c r="AQ25" s="7"/>
       <c r="AR25" s="7"/>
       <c r="AS25" s="7"/>
     </row>
-    <row r="26" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:45" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A26" s="13">
         <v>45199</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="9"/>
       <c r="D26" s="27"/>
       <c r="E26" s="32">
         <f t="shared" si="4"/>
         <v>45248</v>
       </c>
       <c r="F26" s="15">
         <f t="shared" si="5"/>
         <v>45262</v>
       </c>
       <c r="G26" s="33" t="s">
         <v>46</v>
       </c>
       <c r="H26" s="14"/>
       <c r="I26" s="50"/>
       <c r="J26" s="32">
         <v>45248</v>
       </c>
       <c r="K26" s="15">
         <v>45262</v>
       </c>
@@ -8259,51 +8212,51 @@
         <v>46</v>
       </c>
       <c r="X26" s="14"/>
       <c r="Y26" s="9"/>
       <c r="Z26" s="27"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="7"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="7"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="7"/>
       <c r="AG26" s="7"/>
       <c r="AH26" s="7"/>
       <c r="AI26" s="7"/>
       <c r="AJ26" s="7"/>
       <c r="AK26" s="7"/>
       <c r="AL26" s="7"/>
       <c r="AM26" s="7"/>
       <c r="AN26" s="7"/>
       <c r="AO26" s="7"/>
       <c r="AP26" s="7"/>
       <c r="AQ26" s="7"/>
       <c r="AR26" s="7"/>
       <c r="AS26" s="7"/>
     </row>
-    <row r="27" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:45" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="19">
         <v>45291</v>
       </c>
       <c r="B27" s="16">
         <v>45403</v>
       </c>
       <c r="C27" s="12">
         <v>45431</v>
       </c>
       <c r="D27" s="28" t="s">
         <v>48</v>
       </c>
       <c r="E27" s="34">
         <f>A27+7*7</f>
         <v>45340</v>
       </c>
       <c r="F27" s="18">
         <f t="shared" si="5"/>
         <v>45354</v>
       </c>
       <c r="G27" s="35" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="16">
         <v>45431</v>
@@ -8360,51 +8313,51 @@
         <v>45431</v>
       </c>
       <c r="Z27" s="28" t="s">
         <v>48</v>
       </c>
       <c r="AA27" s="7"/>
       <c r="AB27" s="7"/>
       <c r="AC27" s="7"/>
       <c r="AD27" s="7"/>
       <c r="AE27" s="7"/>
       <c r="AF27" s="7"/>
       <c r="AG27" s="7"/>
       <c r="AH27" s="7"/>
       <c r="AI27" s="7"/>
       <c r="AJ27" s="7"/>
       <c r="AK27" s="7"/>
       <c r="AL27" s="7"/>
       <c r="AM27" s="7"/>
       <c r="AN27" s="7"/>
       <c r="AO27" s="7"/>
       <c r="AP27" s="7"/>
       <c r="AQ27" s="7"/>
       <c r="AR27" s="7"/>
       <c r="AS27" s="7"/>
     </row>
-    <row r="28" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="13">
         <f>A24+366</f>
         <v>45382</v>
       </c>
       <c r="B28" s="14"/>
       <c r="C28" s="9"/>
       <c r="D28" s="27"/>
       <c r="E28" s="32">
         <f>A28+7*7</f>
         <v>45431</v>
       </c>
       <c r="F28" s="15">
         <f t="shared" si="5"/>
         <v>45445</v>
       </c>
       <c r="G28" s="33" t="s">
         <v>48</v>
       </c>
       <c r="H28" s="14"/>
       <c r="I28" s="50"/>
       <c r="J28" s="32">
         <f t="shared" ref="J28:K31" si="6">E28</f>
         <v>45431</v>
       </c>
       <c r="K28" s="15">
@@ -8434,51 +8387,51 @@
         <v>48</v>
       </c>
       <c r="X28" s="14"/>
       <c r="Y28" s="41"/>
       <c r="Z28" s="49"/>
       <c r="AA28" s="7"/>
       <c r="AB28" s="7"/>
       <c r="AC28" s="7"/>
       <c r="AD28" s="7"/>
       <c r="AE28" s="7"/>
       <c r="AF28" s="7"/>
       <c r="AG28" s="7"/>
       <c r="AH28" s="7"/>
       <c r="AI28" s="7"/>
       <c r="AJ28" s="7"/>
       <c r="AK28" s="7"/>
       <c r="AL28" s="7"/>
       <c r="AM28" s="7"/>
       <c r="AN28" s="7"/>
       <c r="AO28" s="7"/>
       <c r="AP28" s="7"/>
       <c r="AQ28" s="7"/>
       <c r="AR28" s="7"/>
       <c r="AS28" s="7"/>
     </row>
-    <row r="29" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="13">
         <f t="shared" ref="A29" si="7">A25+366</f>
         <v>45473</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="9"/>
       <c r="D29" s="27"/>
       <c r="E29" s="32">
         <f>A29+7*7</f>
         <v>45522</v>
       </c>
       <c r="F29" s="15">
         <f t="shared" si="5"/>
         <v>45536</v>
       </c>
       <c r="G29" s="33" t="s">
         <v>48</v>
       </c>
       <c r="H29" s="14"/>
       <c r="I29" s="50"/>
       <c r="J29" s="32">
         <f t="shared" si="6"/>
         <v>45522</v>
       </c>
       <c r="K29" s="15">
@@ -8508,51 +8461,51 @@
         <v>48</v>
       </c>
       <c r="X29" s="14"/>
       <c r="Y29" s="9"/>
       <c r="Z29" s="27"/>
       <c r="AA29" s="7"/>
       <c r="AB29" s="7"/>
       <c r="AC29" s="7"/>
       <c r="AD29" s="7"/>
       <c r="AE29" s="7"/>
       <c r="AF29" s="7"/>
       <c r="AG29" s="7"/>
       <c r="AH29" s="7"/>
       <c r="AI29" s="7"/>
       <c r="AJ29" s="7"/>
       <c r="AK29" s="7"/>
       <c r="AL29" s="7"/>
       <c r="AM29" s="7"/>
       <c r="AN29" s="7"/>
       <c r="AO29" s="7"/>
       <c r="AP29" s="7"/>
       <c r="AQ29" s="7"/>
       <c r="AR29" s="7"/>
       <c r="AS29" s="7"/>
     </row>
-    <row r="30" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="13">
         <f>A26+366</f>
         <v>45565</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="9"/>
       <c r="D30" s="27"/>
       <c r="E30" s="32">
         <f>A30+7*7</f>
         <v>45614</v>
       </c>
       <c r="F30" s="15">
         <f t="shared" si="5"/>
         <v>45628</v>
       </c>
       <c r="G30" s="33" t="s">
         <v>48</v>
       </c>
       <c r="H30" s="14"/>
       <c r="I30" s="50"/>
       <c r="J30" s="32">
         <f t="shared" si="6"/>
         <v>45614</v>
       </c>
       <c r="K30" s="15">
@@ -8582,51 +8535,51 @@
         <v>48</v>
       </c>
       <c r="X30" s="14"/>
       <c r="Y30" s="9"/>
       <c r="Z30" s="27"/>
       <c r="AA30" s="7"/>
       <c r="AB30" s="7"/>
       <c r="AC30" s="7"/>
       <c r="AD30" s="7"/>
       <c r="AE30" s="7"/>
       <c r="AF30" s="7"/>
       <c r="AG30" s="7"/>
       <c r="AH30" s="7"/>
       <c r="AI30" s="7"/>
       <c r="AJ30" s="7"/>
       <c r="AK30" s="7"/>
       <c r="AL30" s="7"/>
       <c r="AM30" s="7"/>
       <c r="AN30" s="7"/>
       <c r="AO30" s="7"/>
       <c r="AP30" s="7"/>
       <c r="AQ30" s="7"/>
       <c r="AR30" s="7"/>
       <c r="AS30" s="7"/>
     </row>
-    <row r="31" spans="1:45" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:45" s="10" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="19">
         <v>45657</v>
       </c>
       <c r="B31" s="16">
         <f>A31+14*7</f>
         <v>45755</v>
       </c>
       <c r="C31" s="12">
         <f>B31+4*7</f>
         <v>45783</v>
       </c>
       <c r="D31" s="28" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="34">
         <f>A31+7*7</f>
         <v>45706</v>
       </c>
       <c r="F31" s="18">
         <f t="shared" si="5"/>
         <v>45720</v>
       </c>
       <c r="G31" s="35" t="s">
         <v>48</v>
       </c>
@@ -8697,51 +8650,51 @@
         <v>45783</v>
       </c>
       <c r="Z31" s="28" t="s">
         <v>48</v>
       </c>
       <c r="AA31" s="7"/>
       <c r="AB31" s="7"/>
       <c r="AC31" s="7"/>
       <c r="AD31" s="7"/>
       <c r="AE31" s="7"/>
       <c r="AF31" s="7"/>
       <c r="AG31" s="7"/>
       <c r="AH31" s="7"/>
       <c r="AI31" s="7"/>
       <c r="AJ31" s="7"/>
       <c r="AK31" s="7"/>
       <c r="AL31" s="7"/>
       <c r="AM31" s="7"/>
       <c r="AN31" s="7"/>
       <c r="AO31" s="7"/>
       <c r="AP31" s="7"/>
       <c r="AQ31" s="7"/>
       <c r="AR31" s="7"/>
       <c r="AS31" s="7"/>
     </row>
-    <row r="32" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A32" s="13">
         <v>45747</v>
       </c>
       <c r="B32" s="14"/>
       <c r="C32" s="9"/>
       <c r="D32" s="27"/>
       <c r="E32" s="32"/>
       <c r="F32" s="15">
         <f t="shared" ref="F32:F39" si="8">A32+9*7</f>
         <v>45810</v>
       </c>
       <c r="G32" s="33" t="s">
         <v>47</v>
       </c>
       <c r="H32" s="14"/>
       <c r="I32" s="50"/>
       <c r="J32" s="32"/>
       <c r="K32" s="15">
         <f t="shared" ref="K32:K39" si="9">F32</f>
         <v>45810</v>
       </c>
       <c r="L32" s="33" t="s">
         <v>47</v>
       </c>
       <c r="M32" s="14"/>
@@ -8761,51 +8714,51 @@
         <v>47</v>
       </c>
       <c r="X32" s="14"/>
       <c r="Y32" s="41"/>
       <c r="Z32" s="49"/>
       <c r="AA32" s="7"/>
       <c r="AB32" s="7"/>
       <c r="AC32" s="7"/>
       <c r="AD32" s="7"/>
       <c r="AE32" s="7"/>
       <c r="AF32" s="7"/>
       <c r="AG32" s="7"/>
       <c r="AH32" s="7"/>
       <c r="AI32" s="7"/>
       <c r="AJ32" s="7"/>
       <c r="AK32" s="7"/>
       <c r="AL32" s="7"/>
       <c r="AM32" s="7"/>
       <c r="AN32" s="7"/>
       <c r="AO32" s="7"/>
       <c r="AP32" s="7"/>
       <c r="AQ32" s="7"/>
       <c r="AR32" s="7"/>
       <c r="AS32" s="7"/>
     </row>
-    <row r="33" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A33" s="13">
         <v>45838</v>
       </c>
       <c r="B33" s="14"/>
       <c r="C33" s="9"/>
       <c r="D33" s="27"/>
       <c r="E33" s="32"/>
       <c r="F33" s="15">
         <f t="shared" si="8"/>
         <v>45901</v>
       </c>
       <c r="G33" s="33" t="s">
         <v>47</v>
       </c>
       <c r="H33" s="14"/>
       <c r="I33" s="50"/>
       <c r="J33" s="32"/>
       <c r="K33" s="15">
         <f t="shared" si="9"/>
         <v>45901</v>
       </c>
       <c r="L33" s="33" t="s">
         <v>47</v>
       </c>
       <c r="M33" s="14"/>
@@ -8825,51 +8778,51 @@
         <v>47</v>
       </c>
       <c r="X33" s="14"/>
       <c r="Y33" s="9"/>
       <c r="Z33" s="27"/>
       <c r="AA33" s="7"/>
       <c r="AB33" s="7"/>
       <c r="AC33" s="7"/>
       <c r="AD33" s="7"/>
       <c r="AE33" s="7"/>
       <c r="AF33" s="7"/>
       <c r="AG33" s="7"/>
       <c r="AH33" s="7"/>
       <c r="AI33" s="7"/>
       <c r="AJ33" s="7"/>
       <c r="AK33" s="7"/>
       <c r="AL33" s="7"/>
       <c r="AM33" s="7"/>
       <c r="AN33" s="7"/>
       <c r="AO33" s="7"/>
       <c r="AP33" s="7"/>
       <c r="AQ33" s="7"/>
       <c r="AR33" s="7"/>
       <c r="AS33" s="7"/>
     </row>
-    <row r="34" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:45" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A34" s="13">
         <v>45930</v>
       </c>
       <c r="B34" s="14"/>
       <c r="C34" s="9"/>
       <c r="D34" s="27"/>
       <c r="E34" s="32"/>
       <c r="F34" s="15">
         <f t="shared" si="8"/>
         <v>45993</v>
       </c>
       <c r="G34" s="33" t="s">
         <v>47</v>
       </c>
       <c r="H34" s="14"/>
       <c r="I34" s="50"/>
       <c r="J34" s="32"/>
       <c r="K34" s="15">
         <f t="shared" si="9"/>
         <v>45993</v>
       </c>
       <c r="L34" s="33" t="s">
         <v>47</v>
       </c>
       <c r="M34" s="14"/>
@@ -8889,51 +8842,51 @@
         <v>47</v>
       </c>
       <c r="X34" s="14"/>
       <c r="Y34" s="9"/>
       <c r="Z34" s="27"/>
       <c r="AA34" s="7"/>
       <c r="AB34" s="7"/>
       <c r="AC34" s="7"/>
       <c r="AD34" s="7"/>
       <c r="AE34" s="7"/>
       <c r="AF34" s="7"/>
       <c r="AG34" s="7"/>
       <c r="AH34" s="7"/>
       <c r="AI34" s="7"/>
       <c r="AJ34" s="7"/>
       <c r="AK34" s="7"/>
       <c r="AL34" s="7"/>
       <c r="AM34" s="7"/>
       <c r="AN34" s="7"/>
       <c r="AO34" s="7"/>
       <c r="AP34" s="7"/>
       <c r="AQ34" s="7"/>
       <c r="AR34" s="7"/>
       <c r="AS34" s="7"/>
     </row>
-    <row r="35" spans="1:45" s="10" customFormat="1" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:45" s="10" customFormat="1" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="19">
         <v>46022</v>
       </c>
       <c r="B35" s="43"/>
       <c r="C35" s="44">
         <f>A35+20*7</f>
         <v>46162</v>
       </c>
       <c r="D35" s="57" t="s">
         <v>52</v>
       </c>
       <c r="E35" s="48"/>
       <c r="F35" s="46">
         <f t="shared" si="8"/>
         <v>46085</v>
       </c>
       <c r="G35" s="56" t="s">
         <v>52</v>
       </c>
       <c r="H35" s="43">
         <f>C35</f>
         <v>46162</v>
       </c>
       <c r="I35" s="57" t="s">
         <v>52</v>
@@ -8983,466 +8936,466 @@
         <v>46162</v>
       </c>
       <c r="Z35" s="57" t="s">
         <v>52</v>
       </c>
       <c r="AA35" s="7"/>
       <c r="AB35" s="7"/>
       <c r="AC35" s="7"/>
       <c r="AD35" s="7"/>
       <c r="AE35" s="7"/>
       <c r="AF35" s="7"/>
       <c r="AG35" s="7"/>
       <c r="AH35" s="7"/>
       <c r="AI35" s="7"/>
       <c r="AJ35" s="7"/>
       <c r="AK35" s="7"/>
       <c r="AL35" s="7"/>
       <c r="AM35" s="7"/>
       <c r="AN35" s="7"/>
       <c r="AO35" s="7"/>
       <c r="AP35" s="7"/>
       <c r="AQ35" s="7"/>
       <c r="AR35" s="7"/>
       <c r="AS35" s="7"/>
     </row>
-    <row r="36" spans="1:45" s="10" customFormat="1" ht="69" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:45" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A36" s="13">
         <v>46112</v>
       </c>
       <c r="B36" s="14"/>
       <c r="C36" s="9"/>
       <c r="D36" s="27"/>
       <c r="E36" s="32"/>
       <c r="F36" s="15">
         <f t="shared" si="8"/>
         <v>46175</v>
       </c>
-      <c r="G36" s="64" t="s">
-        <v>57</v>
+      <c r="G36" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="H36" s="14"/>
       <c r="I36" s="50"/>
       <c r="J36" s="32"/>
       <c r="K36" s="15">
         <f t="shared" si="9"/>
         <v>46175</v>
       </c>
-      <c r="L36" s="64" t="s">
-        <v>57</v>
+      <c r="L36" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="M36" s="14"/>
       <c r="N36" s="9"/>
       <c r="O36" s="27"/>
       <c r="P36" s="14"/>
       <c r="Q36" s="27"/>
       <c r="R36" s="14"/>
       <c r="S36" s="9"/>
       <c r="T36" s="27"/>
       <c r="U36" s="32"/>
       <c r="V36" s="15">
         <f t="shared" si="10"/>
         <v>46175</v>
       </c>
-      <c r="W36" s="64" t="s">
-        <v>57</v>
+      <c r="W36" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="X36" s="14"/>
       <c r="Y36" s="41"/>
       <c r="Z36" s="49"/>
       <c r="AA36" s="7"/>
       <c r="AB36" s="7"/>
       <c r="AC36" s="7"/>
       <c r="AD36" s="7"/>
       <c r="AE36" s="7"/>
       <c r="AF36" s="7"/>
       <c r="AG36" s="7"/>
       <c r="AH36" s="7"/>
       <c r="AI36" s="7"/>
       <c r="AJ36" s="7"/>
       <c r="AK36" s="7"/>
       <c r="AL36" s="7"/>
       <c r="AM36" s="7"/>
       <c r="AN36" s="7"/>
       <c r="AO36" s="7"/>
       <c r="AP36" s="7"/>
       <c r="AQ36" s="7"/>
       <c r="AR36" s="7"/>
       <c r="AS36" s="7"/>
     </row>
-    <row r="37" spans="1:45" s="10" customFormat="1" ht="69" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:45" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A37" s="13">
         <v>46203</v>
       </c>
       <c r="B37" s="14"/>
       <c r="C37" s="9"/>
       <c r="D37" s="27"/>
       <c r="E37" s="32"/>
       <c r="F37" s="15">
         <f t="shared" si="8"/>
         <v>46266</v>
       </c>
-      <c r="G37" s="64" t="s">
-        <v>57</v>
+      <c r="G37" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="H37" s="14"/>
       <c r="I37" s="50"/>
       <c r="J37" s="32"/>
       <c r="K37" s="15">
         <f t="shared" si="9"/>
         <v>46266</v>
       </c>
-      <c r="L37" s="64" t="s">
-        <v>57</v>
+      <c r="L37" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="M37" s="14"/>
       <c r="N37" s="9"/>
       <c r="O37" s="27"/>
       <c r="P37" s="14"/>
       <c r="Q37" s="27"/>
       <c r="R37" s="14"/>
       <c r="S37" s="9"/>
       <c r="T37" s="27"/>
       <c r="U37" s="32"/>
       <c r="V37" s="15">
         <f t="shared" si="10"/>
         <v>46266</v>
       </c>
-      <c r="W37" s="64" t="s">
-        <v>57</v>
+      <c r="W37" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="X37" s="14"/>
       <c r="Y37" s="9"/>
       <c r="Z37" s="27"/>
       <c r="AA37" s="7"/>
       <c r="AB37" s="7"/>
       <c r="AC37" s="7"/>
       <c r="AD37" s="7"/>
       <c r="AE37" s="7"/>
       <c r="AF37" s="7"/>
       <c r="AG37" s="7"/>
       <c r="AH37" s="7"/>
       <c r="AI37" s="7"/>
       <c r="AJ37" s="7"/>
       <c r="AK37" s="7"/>
       <c r="AL37" s="7"/>
       <c r="AM37" s="7"/>
       <c r="AN37" s="7"/>
       <c r="AO37" s="7"/>
       <c r="AP37" s="7"/>
       <c r="AQ37" s="7"/>
       <c r="AR37" s="7"/>
       <c r="AS37" s="7"/>
     </row>
-    <row r="38" spans="1:45" s="10" customFormat="1" ht="69" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:45" s="10" customFormat="1" ht="52" x14ac:dyDescent="0.35">
       <c r="A38" s="13">
         <v>46295</v>
       </c>
       <c r="B38" s="14"/>
       <c r="C38" s="9"/>
       <c r="D38" s="27"/>
       <c r="E38" s="32"/>
       <c r="F38" s="15">
         <f t="shared" si="8"/>
         <v>46358</v>
       </c>
-      <c r="G38" s="64" t="s">
-        <v>57</v>
+      <c r="G38" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="H38" s="14"/>
       <c r="I38" s="50"/>
       <c r="J38" s="32"/>
       <c r="K38" s="15">
         <f t="shared" si="9"/>
         <v>46358</v>
       </c>
-      <c r="L38" s="64" t="s">
-        <v>57</v>
+      <c r="L38" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="M38" s="14"/>
       <c r="N38" s="9"/>
       <c r="O38" s="27"/>
       <c r="P38" s="14"/>
       <c r="Q38" s="27"/>
       <c r="R38" s="14"/>
       <c r="S38" s="9"/>
       <c r="T38" s="27"/>
       <c r="U38" s="32"/>
       <c r="V38" s="15">
         <f t="shared" si="10"/>
         <v>46358</v>
       </c>
-      <c r="W38" s="64" t="s">
-        <v>57</v>
+      <c r="W38" s="58" t="s">
+        <v>56</v>
       </c>
       <c r="X38" s="14"/>
       <c r="Y38" s="9"/>
       <c r="Z38" s="27"/>
       <c r="AA38" s="7"/>
       <c r="AB38" s="7"/>
       <c r="AC38" s="7"/>
       <c r="AD38" s="7"/>
       <c r="AE38" s="7"/>
       <c r="AF38" s="7"/>
       <c r="AG38" s="7"/>
       <c r="AH38" s="7"/>
       <c r="AI38" s="7"/>
       <c r="AJ38" s="7"/>
       <c r="AK38" s="7"/>
       <c r="AL38" s="7"/>
       <c r="AM38" s="7"/>
       <c r="AN38" s="7"/>
       <c r="AO38" s="7"/>
       <c r="AP38" s="7"/>
       <c r="AQ38" s="7"/>
       <c r="AR38" s="7"/>
       <c r="AS38" s="7"/>
     </row>
-    <row r="39" spans="1:45" s="10" customFormat="1" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:45" s="10" customFormat="1" ht="65.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="19">
         <v>46387</v>
       </c>
       <c r="B39" s="43"/>
       <c r="C39" s="44">
         <f>A39+20*7</f>
         <v>46527</v>
       </c>
       <c r="D39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="E39" s="48"/>
       <c r="F39" s="46">
         <f t="shared" si="8"/>
         <v>46450</v>
       </c>
       <c r="G39" s="56" t="s">
         <v>52</v>
       </c>
       <c r="H39" s="43">
         <f>C39</f>
         <v>46527</v>
       </c>
       <c r="I39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="J39" s="48"/>
       <c r="K39" s="46">
         <f t="shared" si="9"/>
         <v>46450</v>
       </c>
       <c r="L39" s="56" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M39" s="43"/>
       <c r="N39" s="44">
         <f>H39</f>
         <v>46527</v>
       </c>
       <c r="O39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="P39" s="43">
         <f>N39</f>
         <v>46527</v>
       </c>
       <c r="Q39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="R39" s="43"/>
       <c r="S39" s="44">
         <f>P39</f>
         <v>46527</v>
       </c>
       <c r="T39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="U39" s="48"/>
       <c r="V39" s="46">
         <f t="shared" si="10"/>
         <v>46450</v>
       </c>
       <c r="W39" s="56" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="X39" s="43"/>
       <c r="Y39" s="44">
         <f>S39</f>
         <v>46527</v>
       </c>
       <c r="Z39" s="57" t="s">
         <v>52</v>
       </c>
       <c r="AA39" s="7"/>
       <c r="AB39" s="7"/>
       <c r="AC39" s="7"/>
       <c r="AD39" s="7"/>
       <c r="AE39" s="7"/>
       <c r="AF39" s="7"/>
       <c r="AG39" s="7"/>
       <c r="AH39" s="7"/>
       <c r="AI39" s="7"/>
       <c r="AJ39" s="7"/>
       <c r="AK39" s="7"/>
       <c r="AL39" s="7"/>
       <c r="AM39" s="7"/>
       <c r="AN39" s="7"/>
       <c r="AO39" s="7"/>
       <c r="AP39" s="7"/>
       <c r="AQ39" s="7"/>
       <c r="AR39" s="7"/>
       <c r="AS39" s="7"/>
     </row>
-    <row r="40" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="41" spans="1:45" s="3" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="65" t="s">
+    <row r="41" spans="1:45" s="3" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="94" t="s">
         <v>21</v>
       </c>
-      <c r="B41" s="66"/>
-[...15 lines deleted...]
-      <c r="R41" s="66"/>
+      <c r="B41" s="95"/>
+      <c r="C41" s="95"/>
+      <c r="D41" s="95"/>
+      <c r="E41" s="95"/>
+      <c r="F41" s="95"/>
+      <c r="G41" s="95"/>
+      <c r="H41" s="95"/>
+      <c r="I41" s="95"/>
+      <c r="J41" s="95"/>
+      <c r="K41" s="95"/>
+      <c r="L41" s="95"/>
+      <c r="M41" s="95"/>
+      <c r="N41" s="95"/>
+      <c r="O41" s="95"/>
+      <c r="P41" s="95"/>
+      <c r="Q41" s="95"/>
+      <c r="R41" s="95"/>
       <c r="S41" s="20"/>
       <c r="T41" s="20"/>
       <c r="U41" s="20"/>
       <c r="V41" s="20"/>
       <c r="W41" s="20"/>
       <c r="X41" s="20"/>
       <c r="Y41" s="20"/>
       <c r="Z41" s="20"/>
       <c r="AA41" s="20"/>
       <c r="AB41" s="20"/>
       <c r="AC41" s="20"/>
       <c r="AD41" s="20"/>
       <c r="AE41" s="20"/>
       <c r="AF41" s="20"/>
       <c r="AG41" s="20"/>
       <c r="AH41" s="20"/>
       <c r="AI41" s="20"/>
       <c r="AJ41" s="20"/>
       <c r="AK41" s="20"/>
       <c r="AL41" s="20"/>
       <c r="AM41" s="20"/>
       <c r="AN41" s="20"/>
       <c r="AO41" s="20"/>
     </row>
-    <row r="42" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="43" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
-[...73 lines deleted...]
-    <row r="117" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="43" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="44" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="45" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="46" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="47" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="48" spans="1:45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="49" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="50" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="51" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="52" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="53" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="54" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="55" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="56" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="57" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="58" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="60" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="61" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="62" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="63" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="64" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="65" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="66" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="67" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="68" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="69" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="70" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="71" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="72" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="73" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="74" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="75" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="76" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="77" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="78" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="79" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="80" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="81" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="82" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="83" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="84" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="85" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="86" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="87" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="88" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="89" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="90" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="91" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="92" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="93" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="94" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="95" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="96" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="97" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="98" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="99" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="100" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="101" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="102" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="103" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="104" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="105" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="106" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="107" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="108" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="109" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="110" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="111" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="112" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="113" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="114" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="115" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="116" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="117" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="38">
     <mergeCell ref="Y6:Y7"/>
     <mergeCell ref="P6:P7"/>
     <mergeCell ref="Q6:Q7"/>
     <mergeCell ref="M6:M7"/>
     <mergeCell ref="N6:N7"/>
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="U6:U7"/>
     <mergeCell ref="V6:V7"/>
     <mergeCell ref="W6:W7"/>
     <mergeCell ref="A41:R41"/>
     <mergeCell ref="X6:X7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="X5:Z5"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="F6:F7"/>
@@ -9460,925 +9413,1034 @@
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="J5:L5"/>
     <mergeCell ref="H5:I5"/>
   </mergeCells>
   <phoneticPr fontId="15" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="52" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="17" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BD104"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E2" sqref="E2:G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.21875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="19.77734375" customWidth="1"/>
+    <col min="1" max="1" width="17.54296875" customWidth="1"/>
+    <col min="2" max="2" width="15.453125" customWidth="1"/>
+    <col min="3" max="4" width="11.1796875" customWidth="1"/>
+    <col min="5" max="5" width="19.81640625" customWidth="1"/>
     <col min="6" max="6" width="18" customWidth="1"/>
-    <col min="7" max="8" width="11.21875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13" max="13" width="11.21875" customWidth="1"/>
+    <col min="7" max="8" width="11.1796875" customWidth="1"/>
+    <col min="9" max="9" width="15.81640625" customWidth="1"/>
+    <col min="10" max="10" width="13.1796875" customWidth="1"/>
+    <col min="11" max="11" width="8.1796875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="13.453125" customWidth="1"/>
+    <col min="13" max="13" width="11.1796875" customWidth="1"/>
     <col min="14" max="14" width="19" customWidth="1"/>
-    <col min="15" max="16" width="11.21875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="18" max="19" width="11.21875" customWidth="1"/>
+    <col min="15" max="16" width="11.1796875" customWidth="1"/>
+    <col min="17" max="17" width="16.1796875" customWidth="1"/>
+    <col min="18" max="19" width="11.1796875" customWidth="1"/>
     <col min="20" max="20" width="14" customWidth="1"/>
-    <col min="21" max="21" width="15.5546875" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="38" max="56" width="12.21875" style="3"/>
+    <col min="21" max="21" width="15.54296875" customWidth="1"/>
+    <col min="22" max="22" width="11.1796875" customWidth="1"/>
+    <col min="23" max="23" width="20.453125" customWidth="1"/>
+    <col min="24" max="25" width="11.1796875" customWidth="1"/>
+    <col min="26" max="26" width="16.54296875" customWidth="1"/>
+    <col min="27" max="27" width="21.1796875" customWidth="1"/>
+    <col min="28" max="28" width="11.1796875" customWidth="1"/>
+    <col min="29" max="29" width="18.453125" customWidth="1"/>
+    <col min="30" max="31" width="11.1796875" customWidth="1"/>
+    <col min="32" max="32" width="21.54296875" customWidth="1"/>
+    <col min="33" max="33" width="16.81640625" customWidth="1"/>
+    <col min="34" max="34" width="11.1796875" customWidth="1"/>
+    <col min="35" max="35" width="13.54296875" customWidth="1"/>
+    <col min="36" max="37" width="11.1796875" customWidth="1"/>
+    <col min="38" max="56" width="12.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:56" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
-[...1 lines deleted...]
-      <c r="A2" s="100" t="s">
+    <row r="1" spans="1:56" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:56" s="3" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="96" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" s="96"/>
+      <c r="C2" s="96"/>
+      <c r="D2" s="96"/>
+      <c r="E2" s="92" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="100"/>
-[...15 lines deleted...]
-      <c r="G3" s="98"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+    </row>
+    <row r="3" spans="1:56" s="3" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="96"/>
+      <c r="B3" s="96"/>
+      <c r="C3" s="96"/>
+      <c r="D3" s="96"/>
+      <c r="E3" s="92"/>
+      <c r="F3" s="92"/>
+      <c r="G3" s="92"/>
       <c r="H3" s="21"/>
       <c r="I3" s="21"/>
       <c r="J3" s="21"/>
       <c r="K3" s="21"/>
       <c r="L3" s="21"/>
     </row>
-    <row r="4" spans="1:56" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="G4" s="98"/>
+    <row r="4" spans="1:56" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="96"/>
+      <c r="B4" s="96"/>
+      <c r="C4" s="96"/>
+      <c r="D4" s="96"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
       <c r="AC4" s="5"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4" s="4"/>
       <c r="AI4" s="4"/>
       <c r="AJ4" s="4"/>
       <c r="AK4" s="6" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:56" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:56" ht="69.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1"/>
-      <c r="B5" s="87" t="s">
+      <c r="B5" s="80" t="s">
         <v>43</v>
       </c>
-      <c r="C5" s="88"/>
-      <c r="D5" s="88"/>
+      <c r="C5" s="81"/>
+      <c r="D5" s="81"/>
       <c r="E5" s="7"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="AL5"/>
       <c r="AM5"/>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
       <c r="AY5"/>
       <c r="AZ5"/>
       <c r="BA5"/>
       <c r="BB5"/>
       <c r="BC5"/>
       <c r="BD5"/>
     </row>
-    <row r="6" spans="1:56" ht="14.55" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="82" t="s">
+    <row r="6" spans="1:56" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="73" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="78" t="s">
+      <c r="B6" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="67" t="s">
+      <c r="C6" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="76" t="s">
+      <c r="D6" s="61" t="s">
         <v>18</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
       <c r="AY6"/>
       <c r="AZ6"/>
       <c r="BA6"/>
       <c r="BB6"/>
       <c r="BC6"/>
       <c r="BD6"/>
     </row>
-    <row r="7" spans="1:56" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="D7" s="77"/>
+    <row r="7" spans="1:56" s="10" customFormat="1" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="74"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="66"/>
+      <c r="D7" s="62"/>
       <c r="E7" s="8"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="7"/>
       <c r="S7" s="7"/>
     </row>
-    <row r="8" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A8" s="13">
         <v>44651</v>
       </c>
       <c r="B8" s="24"/>
       <c r="C8" s="25"/>
       <c r="D8" s="26"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="7"/>
       <c r="S8" s="7"/>
     </row>
-    <row r="9" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A9" s="13">
         <v>44742</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="9"/>
       <c r="D9" s="27"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="7"/>
       <c r="S9" s="7"/>
     </row>
-    <row r="10" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A10" s="13">
         <v>44834</v>
       </c>
       <c r="B10" s="14"/>
       <c r="C10" s="9"/>
       <c r="D10" s="27"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="7"/>
     </row>
-    <row r="11" spans="1:56" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:56" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="19">
         <v>44926</v>
       </c>
       <c r="B11" s="16">
         <f>A11+16*7</f>
         <v>45038</v>
       </c>
       <c r="C11" s="12">
         <f>B11+4*7</f>
         <v>45066</v>
       </c>
       <c r="D11" s="28" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="40"/>
       <c r="F11" s="40"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
     </row>
-    <row r="12" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A12" s="13">
         <v>45016</v>
       </c>
       <c r="B12" s="14"/>
       <c r="C12" s="9"/>
       <c r="D12" s="27"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="7"/>
       <c r="S12" s="7"/>
     </row>
-    <row r="13" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A13" s="13">
         <v>45107</v>
       </c>
       <c r="B13" s="14"/>
       <c r="C13" s="9"/>
       <c r="D13" s="27"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
       <c r="S13" s="7"/>
     </row>
-    <row r="14" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:56" s="10" customFormat="1" hidden="1" x14ac:dyDescent="0.35">
       <c r="A14" s="13">
         <v>45199</v>
       </c>
       <c r="B14" s="14"/>
       <c r="C14" s="9"/>
       <c r="D14" s="27"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="7"/>
       <c r="I14" s="7"/>
       <c r="J14" s="7"/>
       <c r="K14" s="7"/>
       <c r="L14" s="7"/>
       <c r="M14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
       <c r="R14" s="7"/>
       <c r="S14" s="7"/>
     </row>
-    <row r="15" spans="1:56" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:56" s="10" customFormat="1" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="19">
         <v>45291</v>
       </c>
       <c r="B15" s="16">
         <f>A15+16*7</f>
         <v>45403</v>
       </c>
       <c r="C15" s="12">
         <f>B15+4*7</f>
         <v>45431</v>
       </c>
       <c r="D15" s="28" t="s">
         <v>24</v>
       </c>
       <c r="E15" s="40"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="7"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
       <c r="R15" s="7"/>
       <c r="S15" s="7"/>
     </row>
-    <row r="16" spans="1:56" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:56" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A16" s="13">
         <f>A12+366</f>
         <v>45382</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="9"/>
       <c r="D16" s="27"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="7"/>
       <c r="S16" s="7"/>
     </row>
-    <row r="17" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="13">
         <f t="shared" ref="A17" si="0">A13+366</f>
         <v>45473</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="9"/>
       <c r="D17" s="27"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
       <c r="Q17" s="7"/>
       <c r="R17" s="7"/>
       <c r="S17" s="7"/>
     </row>
-    <row r="18" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A18" s="13">
         <f>A14+366</f>
         <v>45565</v>
       </c>
       <c r="B18" s="14"/>
       <c r="C18" s="9"/>
       <c r="D18" s="27"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="7"/>
       <c r="S18" s="7"/>
     </row>
-    <row r="19" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A19" s="11">
         <f>A15+366</f>
         <v>45657</v>
       </c>
       <c r="B19" s="16">
         <f>A19+16*7</f>
         <v>45769</v>
       </c>
       <c r="C19" s="12">
         <f>B19+4*7</f>
         <v>45797</v>
       </c>
       <c r="D19" s="28" t="s">
         <v>24</v>
       </c>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="7"/>
       <c r="M19" s="7"/>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
       <c r="Q19" s="7"/>
       <c r="R19" s="7"/>
       <c r="S19" s="7"/>
     </row>
-    <row r="20" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A20" s="13">
         <f>A16+365</f>
         <v>45747</v>
       </c>
       <c r="B20" s="14"/>
       <c r="C20" s="9"/>
       <c r="D20" s="27"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="7"/>
       <c r="L20" s="7"/>
       <c r="M20" s="7"/>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
       <c r="Q20" s="7"/>
       <c r="R20" s="7"/>
       <c r="S20" s="7"/>
     </row>
-    <row r="21" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A21" s="13">
         <f t="shared" ref="A21:A27" si="1">A17+365</f>
         <v>45838</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="9"/>
       <c r="D21" s="27"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="7"/>
       <c r="L21" s="7"/>
       <c r="M21" s="7"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
       <c r="Q21" s="7"/>
       <c r="R21" s="7"/>
       <c r="S21" s="7"/>
     </row>
-    <row r="22" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A22" s="13">
         <f t="shared" si="1"/>
         <v>45930</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="9"/>
       <c r="D22" s="27"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
       <c r="R22" s="7"/>
       <c r="S22" s="7"/>
     </row>
-    <row r="23" spans="1:37" s="10" customFormat="1" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:37" s="10" customFormat="1" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="19">
         <f t="shared" si="1"/>
         <v>46022</v>
       </c>
       <c r="B23" s="43">
         <f>A23+16*7</f>
         <v>46134</v>
       </c>
       <c r="C23" s="44">
         <f>B23+4*7</f>
         <v>46162</v>
       </c>
       <c r="D23" s="55" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
       <c r="R23" s="7"/>
       <c r="S23" s="7"/>
     </row>
-    <row r="24" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A24" s="13">
         <f>A20+365</f>
         <v>46112</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="9"/>
       <c r="D24" s="27"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="7"/>
       <c r="S24" s="7"/>
     </row>
-    <row r="25" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A25" s="13">
         <f t="shared" si="1"/>
         <v>46203</v>
       </c>
       <c r="B25" s="14"/>
       <c r="C25" s="9"/>
       <c r="D25" s="27"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
     </row>
-    <row r="26" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:37" s="10" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A26" s="13">
         <f t="shared" si="1"/>
         <v>46295</v>
       </c>
       <c r="B26" s="14"/>
       <c r="C26" s="9"/>
       <c r="D26" s="27"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="7"/>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
       <c r="L26" s="7"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="7"/>
       <c r="S26" s="7"/>
     </row>
-    <row r="27" spans="1:37" s="10" customFormat="1" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:37" s="10" customFormat="1" ht="52.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="19">
         <f t="shared" si="1"/>
         <v>46387</v>
       </c>
       <c r="B27" s="43">
         <f>A27+16*7</f>
         <v>46499</v>
       </c>
       <c r="C27" s="44">
         <f>B27+4*7</f>
         <v>46527</v>
       </c>
       <c r="D27" s="55" t="s">
         <v>54</v>
       </c>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
       <c r="Q27" s="7"/>
       <c r="R27" s="7"/>
       <c r="S27" s="7"/>
     </row>
-    <row r="28" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="29" spans="1:37" s="3" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="65" t="s">
+    <row r="29" spans="1:37" s="3" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="94" t="s">
         <v>21</v>
       </c>
-      <c r="B29" s="66"/>
-[...11 lines deleted...]
-      <c r="N29" s="66"/>
+      <c r="B29" s="95"/>
+      <c r="C29" s="95"/>
+      <c r="D29" s="95"/>
+      <c r="E29" s="95"/>
+      <c r="F29" s="95"/>
+      <c r="G29" s="95"/>
+      <c r="H29" s="95"/>
+      <c r="I29" s="95"/>
+      <c r="J29" s="95"/>
+      <c r="K29" s="95"/>
+      <c r="L29" s="95"/>
+      <c r="M29" s="95"/>
+      <c r="N29" s="95"/>
       <c r="O29" s="20"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="20"/>
       <c r="R29" s="20"/>
       <c r="S29" s="20"/>
       <c r="T29" s="20"/>
       <c r="U29" s="20"/>
       <c r="V29" s="20"/>
       <c r="W29" s="20"/>
       <c r="X29" s="20"/>
       <c r="Y29" s="20"/>
       <c r="Z29" s="20"/>
       <c r="AA29" s="20"/>
       <c r="AB29" s="20"/>
       <c r="AC29" s="20"/>
       <c r="AD29" s="20"/>
       <c r="AE29" s="20"/>
       <c r="AF29" s="20"/>
       <c r="AG29" s="20"/>
       <c r="AH29" s="20"/>
       <c r="AI29" s="20"/>
       <c r="AJ29" s="20"/>
       <c r="AK29" s="20"/>
     </row>
-    <row r="30" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="31" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="32" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
-[...71 lines deleted...]
-    <row r="104" s="3" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="32" spans="1:37" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="33" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="34" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="35" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="36" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="37" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="38" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="39" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="40" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="41" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="42" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="43" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="44" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="45" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="46" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="47" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="48" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="49" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="50" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="51" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="52" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="53" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="54" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="55" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="56" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="57" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="58" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="59" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="60" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="61" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="62" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="63" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="64" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="65" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="66" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="67" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="68" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="69" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="70" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="71" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="72" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="73" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="74" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="75" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="76" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="77" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="78" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="79" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="80" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="81" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="82" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="83" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="84" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="85" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="86" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="87" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="88" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="89" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="90" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="91" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="92" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="93" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="94" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="95" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="96" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="97" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="98" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="99" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="100" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="101" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="102" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="103" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
+    <row r="104" s="3" customFormat="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A2:D4"/>
     <mergeCell ref="E2:G4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A29:N29"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="52" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates>
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+  <MobileDisplayFormUrl/>
+  <MobileEditFormUrl/>
+  <MobileNewFormUrl/>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
+  <MobileDisplay>_layouts/15/NintexForms/Mobile/DispForm.aspx</MobileDisplay>
+  <MobileEdit>_layouts/15/NintexForms/Mobile/EditForm.aspx</MobileEdit>
+  <MobileNew>_layouts/15/NintexForms/Mobile/NewForm.aspx</MobileNew>
+</FormUrls>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ERIS_AdditionalMarkings xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <ERIS_SupersededObsolete xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">false</ERIS_SupersededObsolete>
+    <TaxCatchAll xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <Value>300</Value>
+      <Value>348</Value>
+      <Value>143</Value>
+      <Value>37</Value>
+      <Value>1</Value>
+      <Value>17</Value>
+    </TaxCatchAll>
+    <FilenameMeetingType xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
+    <beffc630dace41328897f0481472454d xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Technical Document</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">1a5bea9a-9455-4b42-9695-f3d22fbcc445</TermId>
+        </TermInfo>
+      </Terms>
+    </beffc630dace41328897f0481472454d>
+    <NextMeetingSubfolder xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <pe97fe9bea554a78a23a225d37adbc35 xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Data Collection</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">fd69de8f-3750-4a72-949a-4a1f2c9d5910</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Solvency II</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9d7de132-f9bd-4b68-83a5-47bf5bf01789</TermId>
+        </TermInfo>
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">XBRL</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">1242a4b0-7014-459f-9c6b-98562e98d8ba</TermId>
+        </TermInfo>
+      </Terms>
+    </pe97fe9bea554a78a23a225d37adbc35>
+    <ERIS_OtherReference xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <SubmittingDepartment xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <MeetingApprovalPath xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <gf48ed4469924c22b2ce31866c2df0cf xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">English</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">2741a941-2920-4ba4-aa70-d8ed6ac1785d</TermId>
+        </TermInfo>
+      </Terms>
+    </gf48ed4469924c22b2ce31866c2df0cf>
+    <ERIS_AssignedTo xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </ERIS_AssignedTo>
+    <FormData xmlns="http://schemas.microsoft.com/sharepoint/v3">&lt;?xml version="1.0" encoding="utf-8"?&gt;&lt;FormVariables&gt;&lt;Version /&gt;&lt;Advanced type="System.Boolean"&gt;False&lt;/Advanced&gt;&lt;/FormVariables&gt;</FormData>
+    <SourceDocumentInfo xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <l1910f2a75d44c5d93401f0d5ce6b040 xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Supervisory Processes Department</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3a9db3ad-f1a2-49c0-8c29-af39c608fb30</TermId>
+        </TermInfo>
+      </Terms>
+    </l1910f2a75d44c5d93401f0d5ce6b040>
+    <ERIS_ApprovalStatus xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">DRAFT</ERIS_ApprovalStatus>
+    <ERIS_Relation xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">, </ERIS_Relation>
+    <ERIS_RecordNumber xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">EIOPA(2022)0017833</ERIS_RecordNumber>
+    <NextMeetingType xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <FilenameMeetingNo xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <ERIS_BusinessArea xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <ERIS_ConfidentialityLevel xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3">EIOPA Regular Use</ERIS_ConfidentialityLevel>
+    <FilenameMeetingAgendaNo xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <NextMeeting xmlns="0bee1c46-bdab-411b-a655-5401df9df4b3" xsi:nil="true"/>
+    <SharedWithUsers xmlns="cf4a8ed1-af04-4193-9791-96b7b3bcb96f">
+      <UserInfo>
+        <DisplayName>Mattia Duma</DisplayName>
+        <AccountId>785</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ERIS Document" ma:contentTypeID="0x01010091A46842D15FE545943476792E046C3100EE2EC7EB11DA7247A356E24E541A5934" ma:contentTypeVersion="96" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="ef0f1559e09dd6613a11fcbdc7864a71">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="0bee1c46-bdab-411b-a655-5401df9df4b3" xmlns:ns4="cf4a8ed1-af04-4193-9791-96b7b3bcb96f" xmlns:ns5="http://schemas.microsoft.com/sharepoint/v4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3aed9b6774010b5c160b79f3d7463197" ns1:_="" ns2:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="0bee1c46-bdab-411b-a655-5401df9df4b3"/>
     <xsd:import namespace="cf4a8ed1-af04-4193-9791-96b7b3bcb96f"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:beffc630dace41328897f0481472454d" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:pe97fe9bea554a78a23a225d37adbc35" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_ConfidentialityLevel"/>
                 <xsd:element ref="ns2:ERIS_AdditionalMarkings" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_ApprovalStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:l1910f2a75d44c5d93401f0d5ce6b040" minOccurs="0"/>
                 <xsd:element ref="ns2:gf48ed4469924c22b2ce31866c2df0cf" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_OtherReference" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_Relation" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_AssignedTo" minOccurs="0"/>
                 <xsd:element ref="ns2:ERIS_RecordNumber" minOccurs="0"/>
@@ -10728,226 +10790,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>NFListDisplayForm</Display>
   <Edit>NFListEditForm</Edit>
   <New>NFListEditForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C7E6E51-C4F2-478D-92C8-9CA0DCC00B1D}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormUrls>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{575882D0-A374-4ECA-8D13-7826492BDF0E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...84 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9728EA89-D713-4C70-86DA-AA4256D54A31}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="cf4a8ed1-af04-4193-9791-96b7b3bcb96f"/>
+    <ds:schemaRef ds:uri="0bee1c46-bdab-411b-a655-5401df9df4b3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8CFBDB1-F157-4280-81DF-BD72603DC417}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="0bee1c46-bdab-411b-a655-5401df9df4b3"/>
     <ds:schemaRef ds:uri="cf4a8ed1-af04-4193-9791-96b7b3bcb96f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62DF8703-F870-4C90-9513-BAD9ADF4DD33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...31 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -10998,44 +10951,44 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="RecordPoint_ActiveItemWebId">
     <vt:lpwstr>{415f9ec0-6786-4cb5-b17c-495268514465}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ERIS_Department">
     <vt:lpwstr>17;#Supervisory Processes Department|3a9db3ad-f1a2-49c0-8c29-af39c608fb30</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="RecordPoint_WorkflowType">
     <vt:lpwstr>ActiveSubmitStub</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ERIS_DocumentType">
     <vt:lpwstr>37;#Technical Document|1a5bea9a-9455-4b42-9695-f3d22fbcc445</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ERIS_Language">
     <vt:lpwstr>1;#English|2741a941-2920-4ba4-aa70-d8ed6ac1785d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="RecordPoint_ActiveItemSiteId">
     <vt:lpwstr>{4e0ecd3f-9063-4e3b-8a23-d89e0484feca}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="RecordPoint_ActiveItemListId">
     <vt:lpwstr>{81c2e4c6-a3bf-4ebd-9347-59d98db20079}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="RecordPoint_ActiveItemUniqueId">
     <vt:lpwstr>{f7ae831c-907a-413a-aad2-a0e998fa405c}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="RecordPoint_SubmissionCompleted">
-    <vt:lpwstr>2025-08-12T17:23:53.2045389+02:00</vt:lpwstr>
+    <vt:lpwstr>2026-01-05T15:59:38.6580465+01:00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ERIS_Keywords">
     <vt:lpwstr>300;#Data Collection|fd69de8f-3750-4a72-949a-4a1f2c9d5910;#143;#Solvency II|9d7de132-f9bd-4b68-83a5-47bf5bf01789;#348;#XBRL|1242a4b0-7014-459f-9c6b-98562e98d8ba</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MDU">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="RecordPoint_SubmissionDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="RecordPoint_ActiveItemMoved">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="RecordPoint_RecordFormat">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>